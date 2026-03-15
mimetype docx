--- v0 (2026-02-16)
+++ v1 (2026-03-15)
@@ -165,184 +165,145 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08501CB8" w14:textId="340A2BCC" w:rsidR="00EB1E30" w:rsidRPr="00EB1E30" w:rsidRDefault="00EB1E30" w:rsidP="00EB1E30">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1E30">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Krimināllietu departament</w:t>
-[...7 lines deleted...]
-        <w:t>a</w:t>
+        <w:t>Krimināllietu departamenta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D3E24E" w14:textId="77777777" w:rsidR="00EB1E30" w:rsidRPr="00EB1E30" w:rsidRDefault="00EB1E30" w:rsidP="00EB1E30">
+    <w:p w14:paraId="15D3E24E" w14:textId="7515D931" w:rsidR="00EB1E30" w:rsidRPr="00EB1E30" w:rsidRDefault="00EB1E30" w:rsidP="00EB1E30">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1E30">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2025. gada </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[..]</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1E30">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
-          <w:vertAlign w:val="superscript"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C58EAD" w14:textId="77777777" w:rsidR="00B94DB3" w:rsidRPr="00EB1E30" w:rsidRDefault="00B94DB3" w:rsidP="00EB1E30">
+    <w:p w14:paraId="44C58EAD" w14:textId="623A25CF" w:rsidR="00B94DB3" w:rsidRPr="00EB1E30" w:rsidRDefault="00B94DB3" w:rsidP="00EB1E30">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1E30">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LĒMUMS</w:t>
       </w:r>
+      <w:r w:rsidR="00AC0F20" w:rsidRPr="00EB1E30">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3DC3C2FA" w14:textId="1E763A2E" w:rsidR="00EB1E30" w:rsidRDefault="00EB1E30" w:rsidP="00EB1E30">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1E30">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Lieta Nr. </w:t>
+        <w:t>Lieta Nr. [..], SKK</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1E30">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[..]</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:noBreakHyphen/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>/2025</w:t>
+        <w:t>[J]/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="459CC7CC" w14:textId="77777777" w:rsidR="00EB1E30" w:rsidRPr="00EB1E30" w:rsidRDefault="00EB1E30" w:rsidP="00EB1E30">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1E30">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ECLI:LV:AT:2025:[..]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D7DF9D" w14:textId="77777777" w:rsidR="00EF4EC6" w:rsidRPr="0023161E" w:rsidRDefault="00EF4EC6" w:rsidP="007E74AD">
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -5055,51 +5016,51 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1752956732"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5E3FD88F" w14:textId="1F0C2A0E" w:rsidR="00FF1E96" w:rsidRPr="002A7AE4" w:rsidRDefault="00567493" w:rsidP="00EF4EC6">
+      <w:p w14:paraId="5E3FD88F" w14:textId="1F0C2A0E" w:rsidR="00FF1E96" w:rsidRPr="002A7AE4" w:rsidRDefault="00AC0F20" w:rsidP="00EF4EC6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1728636285"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00FF1E96" w:rsidRPr="002A7AE4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5185,51 +5146,51 @@
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="53F6491D" w14:textId="77777777" w:rsidR="00471578" w:rsidRPr="002A7AE4" w:rsidRDefault="00471578" w:rsidP="00EE3783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="002A7AE4">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="36861E7A" w14:textId="77777777" w:rsidR="00471578" w:rsidRPr="002A7AE4" w:rsidRDefault="00471578" w:rsidP="00EE3783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="002A7AE4">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="3F8ED624" w14:textId="6DFE443F" w:rsidR="00EB1E30" w:rsidRDefault="00EB1E30" w:rsidP="00EB1E30">
+    <w:p w14:paraId="6BC95D86" w14:textId="77777777" w:rsidR="00AC0F20" w:rsidRDefault="00AC0F20" w:rsidP="00AC0F20">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Slēgtas lietas statuss. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0009047C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7744E8AC"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
@@ -6877,51 +6838,51 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1333293402">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="324670637">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="379522573">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="668481716">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1196041200">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA55DF"/>
     <w:rsid w:val="00000C62"/>
     <w:rsid w:val="00001C4C"/>
@@ -9667,50 +9628,51 @@
     <w:rsid w:val="00AB2D4F"/>
     <w:rsid w:val="00AB2DA4"/>
     <w:rsid w:val="00AB2DE1"/>
     <w:rsid w:val="00AB3077"/>
     <w:rsid w:val="00AB309A"/>
     <w:rsid w:val="00AB35C1"/>
     <w:rsid w:val="00AB3762"/>
     <w:rsid w:val="00AB38D9"/>
     <w:rsid w:val="00AB454A"/>
     <w:rsid w:val="00AB4553"/>
     <w:rsid w:val="00AB46EF"/>
     <w:rsid w:val="00AB52B1"/>
     <w:rsid w:val="00AB556C"/>
     <w:rsid w:val="00AB5694"/>
     <w:rsid w:val="00AB5A6D"/>
     <w:rsid w:val="00AB5CCF"/>
     <w:rsid w:val="00AB64B0"/>
     <w:rsid w:val="00AB6835"/>
     <w:rsid w:val="00AB6E3F"/>
     <w:rsid w:val="00AB6E5F"/>
     <w:rsid w:val="00AB779F"/>
     <w:rsid w:val="00AC01D8"/>
     <w:rsid w:val="00AC052B"/>
     <w:rsid w:val="00AC0679"/>
     <w:rsid w:val="00AC0DFB"/>
+    <w:rsid w:val="00AC0F20"/>
     <w:rsid w:val="00AC0F35"/>
     <w:rsid w:val="00AC11BC"/>
     <w:rsid w:val="00AC2986"/>
     <w:rsid w:val="00AC33EA"/>
     <w:rsid w:val="00AC37A1"/>
     <w:rsid w:val="00AC37BD"/>
     <w:rsid w:val="00AC43BA"/>
     <w:rsid w:val="00AC475F"/>
     <w:rsid w:val="00AC5CB1"/>
     <w:rsid w:val="00AC64B3"/>
     <w:rsid w:val="00AC6CE8"/>
     <w:rsid w:val="00AC6F1D"/>
     <w:rsid w:val="00AC6FE2"/>
     <w:rsid w:val="00AC7097"/>
     <w:rsid w:val="00AC7A64"/>
     <w:rsid w:val="00AC7FB7"/>
     <w:rsid w:val="00AD09F1"/>
     <w:rsid w:val="00AD0F96"/>
     <w:rsid w:val="00AD1286"/>
     <w:rsid w:val="00AD2A7C"/>
     <w:rsid w:val="00AD2BCE"/>
     <w:rsid w:val="00AD3E23"/>
     <w:rsid w:val="00AD3E9B"/>
     <w:rsid w:val="00AD413B"/>
     <w:rsid w:val="00AD4161"/>
@@ -10710,50 +10672,51 @@
     <w:rsid w:val="00EA5E24"/>
     <w:rsid w:val="00EA5EAE"/>
     <w:rsid w:val="00EA6807"/>
     <w:rsid w:val="00EA6B44"/>
     <w:rsid w:val="00EA769D"/>
     <w:rsid w:val="00EA7B4A"/>
     <w:rsid w:val="00EB16A0"/>
     <w:rsid w:val="00EB1E30"/>
     <w:rsid w:val="00EB1E6B"/>
     <w:rsid w:val="00EB2994"/>
     <w:rsid w:val="00EB327C"/>
     <w:rsid w:val="00EB3359"/>
     <w:rsid w:val="00EB34C5"/>
     <w:rsid w:val="00EB34D9"/>
     <w:rsid w:val="00EB3772"/>
     <w:rsid w:val="00EB3E42"/>
     <w:rsid w:val="00EB49FE"/>
     <w:rsid w:val="00EB4DA2"/>
     <w:rsid w:val="00EB53B4"/>
     <w:rsid w:val="00EB57A3"/>
     <w:rsid w:val="00EB5F8C"/>
     <w:rsid w:val="00EB6F42"/>
     <w:rsid w:val="00EB75D9"/>
     <w:rsid w:val="00EC0C06"/>
     <w:rsid w:val="00EC1D3C"/>
+    <w:rsid w:val="00EC2A94"/>
     <w:rsid w:val="00EC3662"/>
     <w:rsid w:val="00EC3C91"/>
     <w:rsid w:val="00EC4984"/>
     <w:rsid w:val="00EC61B7"/>
     <w:rsid w:val="00EC6452"/>
     <w:rsid w:val="00EC6762"/>
     <w:rsid w:val="00EC7317"/>
     <w:rsid w:val="00EC7B53"/>
     <w:rsid w:val="00ED11D1"/>
     <w:rsid w:val="00ED1529"/>
     <w:rsid w:val="00ED2F3A"/>
     <w:rsid w:val="00ED360E"/>
     <w:rsid w:val="00ED3C4B"/>
     <w:rsid w:val="00ED3EDD"/>
     <w:rsid w:val="00ED42C6"/>
     <w:rsid w:val="00ED4BF5"/>
     <w:rsid w:val="00ED63B3"/>
     <w:rsid w:val="00ED6765"/>
     <w:rsid w:val="00ED67F2"/>
     <w:rsid w:val="00ED6B0F"/>
     <w:rsid w:val="00EE0B5D"/>
     <w:rsid w:val="00EE0F39"/>
     <w:rsid w:val="00EE1A5E"/>
     <w:rsid w:val="00EE1B5F"/>
     <w:rsid w:val="00EE1E3D"/>
@@ -11485,50 +11448,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00720BCF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>