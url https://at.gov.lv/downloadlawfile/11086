--- v0 (2025-12-29)
+++ v1 (2026-02-04)
@@ -1,46 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="279CC3D2" w14:textId="77777777" w:rsidR="000E70C0" w:rsidRDefault="000E70C0" w:rsidP="000E70C0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK2"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -128,67 +129,69 @@
       </w:pPr>
       <w:r w:rsidRPr="000E70C0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>RĪCĪBAS SĒDES LĒMUMS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDDAA2A" w14:textId="3B83D671" w:rsidR="000E70C0" w:rsidRPr="000E70C0" w:rsidRDefault="000E70C0" w:rsidP="000E70C0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E70C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lieta Nr. A420144924, SKA-652/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3F0131" w14:textId="21D5C754" w:rsidR="000E70C0" w:rsidRPr="000E70C0" w:rsidRDefault="000E70C0" w:rsidP="000E70C0">
+    <w:p w14:paraId="0F3F0131" w14:textId="45261171" w:rsidR="000E70C0" w:rsidRPr="000E70C0" w:rsidRDefault="000E70C0" w:rsidP="000E70C0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E70C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E70C0">
-[...4 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="009B40A4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ECLI:LV:AT:2025:1125.A420144924.16.L</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="4DDBD583" w14:textId="77777777" w:rsidR="007B7C0B" w:rsidRPr="00A406BC" w:rsidRDefault="007B7C0B" w:rsidP="000E70C0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57A8EED4" w14:textId="4D3F666F" w:rsidR="001A51D8" w:rsidRPr="00E75EB0" w:rsidRDefault="007B7C0B" w:rsidP="000E70C0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E75EB0">
         <w:t xml:space="preserve">[1] Senātā saņemta pieteicēja </w:t>
       </w:r>
       <w:r w:rsidR="000E70C0">
         <w:t xml:space="preserve">[pers. A] </w:t>
       </w:r>
       <w:r w:rsidRPr="00E75EB0">
         <w:t xml:space="preserve">kasācijas sūdzība par Administratīvās apgabaltiesas 2025.gada </w:t>
       </w:r>
       <w:r w:rsidR="001A51D8" w:rsidRPr="00E75EB0">
@@ -546,51 +549,51 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">.gada </w:t>
       </w:r>
       <w:r w:rsidR="00A55C22" w:rsidRPr="0058662B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">25.marta </w:t>
       </w:r>
       <w:r w:rsidRPr="0058662B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>sprieduma lietā Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00A55C22" w:rsidRPr="0058662B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">SKA-76/2021, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00A55C22" w:rsidRPr="0058662B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>ECLI:LV:AT:2021:0325.A420303616.8.S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A55C22" w:rsidRPr="0058662B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A55C22" w:rsidRPr="0058662B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A55C22" w:rsidRPr="0058662B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>6</w:t>
@@ -1410,55 +1413,51 @@
       <w:r w:rsidR="00860712">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="00E75EB0" w:rsidRPr="00E75EB0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> komandiera mutvārdu paskaidrojums, kas </w:t>
       </w:r>
       <w:r w:rsidR="00CD4BD9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>sniegts</w:t>
       </w:r>
       <w:r w:rsidR="00E75EB0" w:rsidRPr="00E75EB0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD4BD9" w:rsidRPr="00E75EB0">
-        <w:t xml:space="preserve">Aizsardzības </w:t>
-[...3 lines deleted...]
-        <w:t>ministrijas Apelācijas komisija</w:t>
+        <w:t>Aizsardzības ministrijas Apelācijas komisija</w:t>
       </w:r>
       <w:r w:rsidR="00E75EB0" w:rsidRPr="00E75EB0">
         <w:t xml:space="preserve">i. Tiesa </w:t>
       </w:r>
       <w:r w:rsidR="00CD4BD9">
         <w:t>minēto paskaidrojumu</w:t>
       </w:r>
       <w:r w:rsidR="00E75EB0" w:rsidRPr="00E75EB0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD4BD9">
         <w:t>un pieteicēja paskaidrojumus neesot v</w:t>
       </w:r>
       <w:r w:rsidR="00E75EB0" w:rsidRPr="00E75EB0">
         <w:t>ērtēj</w:t>
       </w:r>
       <w:r w:rsidR="00CD4BD9">
         <w:t>usi</w:t>
       </w:r>
       <w:r w:rsidR="00E75EB0" w:rsidRPr="00E75EB0">
         <w:t xml:space="preserve"> kopsakarā ar pārējiem lietā esošiem pierādījumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A918FB" w14:textId="77777777" w:rsidR="00B4386F" w:rsidRDefault="00B4386F" w:rsidP="000E70C0">
       <w:pPr>
@@ -1644,57 +1643,51 @@
       <w:r w:rsidR="00DB0E33" w:rsidRPr="00E15239">
         <w:t>ka pieteicējs ar savu rīcību, vairākkārt saviem dienesta kolēģiem paužot Krievijas rīcību atbalstošu viedokli saistībā ar notiekošo karu Ukrainā, ir pieļāvis karavīra lojalitātes pienākuma pārkāpumu, kas izriet no karavīra dotā zvēresta</w:t>
       </w:r>
       <w:r w:rsidR="00DB0E33" w:rsidRPr="00335E3E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A51238" w:rsidRPr="00335E3E">
         <w:t xml:space="preserve"> Var piekrist pieteicējam, ka spriedumā nav norādīts kāds konkrēts pieteicēja izteiciens (izteicieni), taču ne pārsūdzētais lēmums, ne apgabaltiesas spriedums nav pamatots ar kādu konkrētu pieteicēja izteicienu. Tiesa ir vērtējusi visus pierādījumus kopsakarā, tostarp pieteicēja paskaidrojumu, kurā viņš apliecina, ka 2022.gada vasarā rādījis kolēģiem video, kurā redzams, ka ukraiņi uzbrūk Donbasam. Tiesa arī konstatēja, ka pieteicējs citiem kolēģiem paudis savu viedokli, rādot dažāda veida video, lai pierādītu un pārliecinātu tos par savu taisnību, ka viss nav tā, kā to pasniedz Latvijas oficiālie mediji. Tāpat tiesa no citu karavīru </w:t>
       </w:r>
       <w:r w:rsidR="004E5550" w:rsidRPr="00335E3E">
         <w:t>ziņojumiem secināja, ka pieteicējs pēc Krievija sāktā militār</w:t>
       </w:r>
       <w:r w:rsidR="00335E3E" w:rsidRPr="00335E3E">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="004E5550" w:rsidRPr="00335E3E">
         <w:t xml:space="preserve"> iebrukum</w:t>
       </w:r>
       <w:r w:rsidR="00335E3E" w:rsidRPr="00335E3E">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="004E5550" w:rsidRPr="00335E3E">
         <w:t xml:space="preserve"> Ukrainā 2022.gada 24.februārī ir paudis nostāju, kas atbalsta Krievijas īstenotās darbības Ukrainā. Pieteicēja kolēģi ir mēģinājuši pārliecināt pieteicēju par viņam pieejamo ziņu nepatiesumu, taču tas izrādījies nesekmīgi. Tiesa vērtēja arī pieteicēja tiešā priekšnieka virsleitnanta </w:t>
       </w:r>
       <w:r w:rsidR="000E70C0">
-        <w:t xml:space="preserve">[pers. </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">[pers. B] </w:t>
       </w:r>
       <w:r w:rsidR="004E5550" w:rsidRPr="00335E3E">
         <w:t>ziņojumā (</w:t>
       </w:r>
       <w:r w:rsidR="004E5550" w:rsidRPr="00335E3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>lietas 41.</w:t>
       </w:r>
       <w:r w:rsidR="00296B56" w:rsidRPr="00296B56">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="004E5550" w:rsidRPr="00335E3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>42.lpp.</w:t>
       </w:r>
@@ -1805,99 +1798,98 @@
         </w:rPr>
         <w:t xml:space="preserve">2014.gadā </w:t>
       </w:r>
       <w:r w:rsidR="0079733C" w:rsidRPr="00335E3E">
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t>ieguvusi militāru un politisku kontroli pār daļu Ukrainas (</w:t>
       </w:r>
       <w:r w:rsidR="0079733C" w:rsidRPr="00335E3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas </w:t>
       </w:r>
       <w:r w:rsidR="0079733C" w:rsidRPr="00296B56">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t>Cilvēktiesību tiesas 2023.gada 23.maija lēmuma lietā „Gapoņenko v. Latvia”, iesnieguma Nr. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="0079733C" w:rsidRPr="00296B56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>30237/18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0079733C" w:rsidRPr="00296B56">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t>, 43</w:t>
       </w:r>
       <w:r w:rsidR="0079733C" w:rsidRPr="00335E3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0079733C" w:rsidRPr="00335E3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>punkts</w:t>
       </w:r>
       <w:r w:rsidR="0079733C" w:rsidRPr="00335E3E">
         <w:t>), turklāt 2022.gada 24.februārī Krievija sāka jaunu militāru iebrukumu Ukrainā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41865A26" w14:textId="03F0CB20" w:rsidR="00B4386F" w:rsidRDefault="0079733C" w:rsidP="000E70C0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>No kasācijas sūdzības argumentiem secināms, ka p</w:t>
       </w:r>
       <w:r w:rsidR="00B4386F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>ieteicējs nepiekrīt tam, kā apgabaltiesa ir izvērtējusi apstākļus lietā un vēlas panākt citu tiesas vērtējumu par lietas apstākļiem. Tāpēc šis kasācijas sūdzības arguments nav pamats kasācijas tiesvedības ierosināšanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3D3134" w14:textId="77777777" w:rsidR="00B4386F" w:rsidRDefault="00B4386F" w:rsidP="000E70C0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23AB8291" w14:textId="4626912F" w:rsidR="00DB0E33" w:rsidRDefault="00E75EB0" w:rsidP="000E70C0">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -2437,83 +2429,82 @@
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00A406BC">
               <w:t>Senator</w:t>
             </w:r>
             <w:r>
               <w:t>s J.</w:t>
             </w:r>
             <w:r w:rsidRPr="00A406BC">
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t>Pleps</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="793A3409" w14:textId="77777777" w:rsidR="009914D5" w:rsidRDefault="009914D5"/>
     <w:sectPr w:rsidR="009914D5" w:rsidSect="0058662B">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1701" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B17EA5F" w14:textId="77777777" w:rsidR="00F21019" w:rsidRDefault="00F21019">
+    <w:p w14:paraId="5C64D640" w14:textId="77777777" w:rsidR="00CD0567" w:rsidRDefault="00CD0567">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08E6F29A" w14:textId="77777777" w:rsidR="00F21019" w:rsidRDefault="00F21019">
+    <w:p w14:paraId="70A29A72" w14:textId="77777777" w:rsidR="00CD0567" w:rsidRDefault="00CD0567">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2636,79 +2627,80 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="008E3BC4">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F832610" w14:textId="77777777" w:rsidR="00F21019" w:rsidRDefault="00F21019">
+    <w:p w14:paraId="7182305E" w14:textId="77777777" w:rsidR="00CD0567" w:rsidRDefault="00CD0567">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E35EFA8" w14:textId="77777777" w:rsidR="00F21019" w:rsidRDefault="00F21019">
+    <w:p w14:paraId="03CEF40A" w14:textId="77777777" w:rsidR="00CD0567" w:rsidRDefault="00CD0567">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B7C0B"/>
     <w:rsid w:val="00000096"/>
     <w:rsid w:val="00001344"/>
     <w:rsid w:val="0000376B"/>
     <w:rsid w:val="00004887"/>
     <w:rsid w:val="00005221"/>
     <w:rsid w:val="00005F88"/>
@@ -3699,50 +3691,51 @@
     <w:rsid w:val="007B417E"/>
     <w:rsid w:val="007B57ED"/>
     <w:rsid w:val="007B5ADB"/>
     <w:rsid w:val="007B7C0B"/>
     <w:rsid w:val="007C0324"/>
     <w:rsid w:val="007C0EDE"/>
     <w:rsid w:val="007C2C44"/>
     <w:rsid w:val="007C2FE4"/>
     <w:rsid w:val="007C3D55"/>
     <w:rsid w:val="007C7153"/>
     <w:rsid w:val="007C787F"/>
     <w:rsid w:val="007D247F"/>
     <w:rsid w:val="007D75BF"/>
     <w:rsid w:val="007E1E05"/>
     <w:rsid w:val="007E34C2"/>
     <w:rsid w:val="007E76CC"/>
     <w:rsid w:val="007E7AB6"/>
     <w:rsid w:val="007E7ABB"/>
     <w:rsid w:val="007F2977"/>
     <w:rsid w:val="007F40B5"/>
     <w:rsid w:val="007F55BB"/>
     <w:rsid w:val="007F5F4B"/>
     <w:rsid w:val="00801D62"/>
     <w:rsid w:val="0080216F"/>
     <w:rsid w:val="00802A86"/>
+    <w:rsid w:val="0080755C"/>
     <w:rsid w:val="00810B9B"/>
     <w:rsid w:val="0081423C"/>
     <w:rsid w:val="008148D2"/>
     <w:rsid w:val="00815E43"/>
     <w:rsid w:val="00816CF8"/>
     <w:rsid w:val="00817495"/>
     <w:rsid w:val="00817E15"/>
     <w:rsid w:val="008201A1"/>
     <w:rsid w:val="008214BE"/>
     <w:rsid w:val="00821B1F"/>
     <w:rsid w:val="00821BD9"/>
     <w:rsid w:val="00822E08"/>
     <w:rsid w:val="00823A38"/>
     <w:rsid w:val="008242F6"/>
     <w:rsid w:val="008259A5"/>
     <w:rsid w:val="00827E38"/>
     <w:rsid w:val="00831A6A"/>
     <w:rsid w:val="00831FD8"/>
     <w:rsid w:val="0083231D"/>
     <w:rsid w:val="008336F2"/>
     <w:rsid w:val="00833D17"/>
     <w:rsid w:val="008342B5"/>
     <w:rsid w:val="0083509A"/>
     <w:rsid w:val="0083536B"/>
     <w:rsid w:val="00835C80"/>
@@ -3905,50 +3898,51 @@
     <w:rsid w:val="00983953"/>
     <w:rsid w:val="00983FD8"/>
     <w:rsid w:val="00985AA1"/>
     <w:rsid w:val="00985E03"/>
     <w:rsid w:val="00985E29"/>
     <w:rsid w:val="00985FA7"/>
     <w:rsid w:val="00986C9A"/>
     <w:rsid w:val="009871A4"/>
     <w:rsid w:val="00991261"/>
     <w:rsid w:val="009914D5"/>
     <w:rsid w:val="00991745"/>
     <w:rsid w:val="00991BA3"/>
     <w:rsid w:val="00995569"/>
     <w:rsid w:val="009A01AD"/>
     <w:rsid w:val="009A1D1D"/>
     <w:rsid w:val="009A3287"/>
     <w:rsid w:val="009A4434"/>
     <w:rsid w:val="009A48C9"/>
     <w:rsid w:val="009A563A"/>
     <w:rsid w:val="009A5BB9"/>
     <w:rsid w:val="009A6DBF"/>
     <w:rsid w:val="009A7D7D"/>
     <w:rsid w:val="009B0EDC"/>
     <w:rsid w:val="009B3866"/>
     <w:rsid w:val="009B3CB2"/>
+    <w:rsid w:val="009B40A4"/>
     <w:rsid w:val="009B451E"/>
     <w:rsid w:val="009B5283"/>
     <w:rsid w:val="009B52A1"/>
     <w:rsid w:val="009B7D0D"/>
     <w:rsid w:val="009C0EEB"/>
     <w:rsid w:val="009C39B7"/>
     <w:rsid w:val="009C4018"/>
     <w:rsid w:val="009C4056"/>
     <w:rsid w:val="009C40B9"/>
     <w:rsid w:val="009D0B3D"/>
     <w:rsid w:val="009D0D34"/>
     <w:rsid w:val="009D1F2F"/>
     <w:rsid w:val="009D32FA"/>
     <w:rsid w:val="009D3DFF"/>
     <w:rsid w:val="009D4427"/>
     <w:rsid w:val="009D61A1"/>
     <w:rsid w:val="009D6887"/>
     <w:rsid w:val="009D763A"/>
     <w:rsid w:val="009E2955"/>
     <w:rsid w:val="009E4579"/>
     <w:rsid w:val="009F0346"/>
     <w:rsid w:val="009F0883"/>
     <w:rsid w:val="009F1C89"/>
     <w:rsid w:val="009F249C"/>
     <w:rsid w:val="009F3816"/>
@@ -4309,50 +4303,51 @@
     <w:rsid w:val="00C926A8"/>
     <w:rsid w:val="00C92901"/>
     <w:rsid w:val="00C938C5"/>
     <w:rsid w:val="00C94DE9"/>
     <w:rsid w:val="00C953CD"/>
     <w:rsid w:val="00C957F2"/>
     <w:rsid w:val="00C9583E"/>
     <w:rsid w:val="00C95ACA"/>
     <w:rsid w:val="00C97EF8"/>
     <w:rsid w:val="00CA0204"/>
     <w:rsid w:val="00CA1692"/>
     <w:rsid w:val="00CA33C4"/>
     <w:rsid w:val="00CA33DE"/>
     <w:rsid w:val="00CA3BC0"/>
     <w:rsid w:val="00CA5976"/>
     <w:rsid w:val="00CA5D4A"/>
     <w:rsid w:val="00CA67CB"/>
     <w:rsid w:val="00CA7CA2"/>
     <w:rsid w:val="00CB28A6"/>
     <w:rsid w:val="00CB44A1"/>
     <w:rsid w:val="00CB69FA"/>
     <w:rsid w:val="00CC0BDD"/>
     <w:rsid w:val="00CC2704"/>
     <w:rsid w:val="00CC4C3F"/>
     <w:rsid w:val="00CC5E65"/>
+    <w:rsid w:val="00CD0567"/>
     <w:rsid w:val="00CD1C48"/>
     <w:rsid w:val="00CD2BF0"/>
     <w:rsid w:val="00CD4BD9"/>
     <w:rsid w:val="00CD6C56"/>
     <w:rsid w:val="00CD75C5"/>
     <w:rsid w:val="00CD76E7"/>
     <w:rsid w:val="00CD7DAE"/>
     <w:rsid w:val="00CE08DE"/>
     <w:rsid w:val="00CE0F30"/>
     <w:rsid w:val="00CE0FB8"/>
     <w:rsid w:val="00CE12C2"/>
     <w:rsid w:val="00CE140C"/>
     <w:rsid w:val="00CE19D9"/>
     <w:rsid w:val="00CE262C"/>
     <w:rsid w:val="00CE310F"/>
     <w:rsid w:val="00CE4FE7"/>
     <w:rsid w:val="00CE53F5"/>
     <w:rsid w:val="00CF20D6"/>
     <w:rsid w:val="00CF2526"/>
     <w:rsid w:val="00CF5D9A"/>
     <w:rsid w:val="00CF5ED4"/>
     <w:rsid w:val="00D003CA"/>
     <w:rsid w:val="00D0132E"/>
     <w:rsid w:val="00D01BF9"/>
     <w:rsid w:val="00D02758"/>
@@ -4731,53 +4726,53 @@
     <w:rsid w:val="00FE6072"/>
     <w:rsid w:val="00FE76F8"/>
     <w:rsid w:val="00FF2307"/>
     <w:rsid w:val="00FF25B7"/>
     <w:rsid w:val="00FF2E87"/>
     <w:rsid w:val="00FF45E3"/>
     <w:rsid w:val="00FF5B71"/>
     <w:rsid w:val="00FF7468"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="451894F4"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -5884,51 +5879,51 @@
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/?i=001-225555" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/36e5be11-4aaa-4c3a-9f29-185c403425f0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hudoc.echr.coe.int/?i=001-225555" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/36e5be11-4aaa-4c3a-9f29-185c403425f0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/f08b47d2-b8bc-43e1-a253-2da6888d9ba7" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6187,54 +6182,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>8092</Words>
-  <Characters>4613</Characters>
+  <Words>8161</Words>
+  <Characters>4652</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12680</CharactersWithSpaces>
+  <CharactersWithSpaces>12788</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>