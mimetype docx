--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -4,257 +4,288 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6993761F" w14:textId="77777777" w:rsidR="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="002A3D9B">
+    <w:p w14:paraId="6993761F" w14:textId="77777777" w:rsidR="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="lv-LV"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">Sugas aizsardzības statuss un medību pieļaujamības </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>izvērtējums</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="592760B2" w14:textId="38988B34" w:rsidR="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="002A3D9B">
+    <w:p w14:paraId="592760B2" w14:textId="38988B34" w:rsidR="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Tiesas uzdevums pārbaudīt, vai Latvijas normatīvais regulējums un iestādes izdotais administratīvais akts atbilst Eiropas Savienības direktīvai </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B579E9" w14:textId="77777777" w:rsidR="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="002A3D9B">
+    <w:p w14:paraId="56B579E9" w14:textId="77777777" w:rsidR="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B12B30B" w14:textId="77777777" w:rsidR="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0B12B30B" w14:textId="77777777" w:rsidR="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lietas apstākļu noskaidrošana atbilstoši objektīvās izmeklēšanas principam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5773E800" w14:textId="29BF73AD" w:rsidR="001A1AF8" w:rsidRPr="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="002A3D9B">
+    <w:p w14:paraId="7C1BADD8" w14:textId="4386D915" w:rsidR="00264E6A" w:rsidRDefault="002A3D9B" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Ja par lietā būtiskiem apstākļiem pastāv dažādi pierādījumi, tad tiesas uzdevums ir saprast, ar kādiem pierādījumiem apstākļi būtu noskaidrojami, novērtēt procesa dalībnieku norādīto un iesniegto pierādījumu ticamību atbilstoši Administratīvā procesa likuma 154.panta pirmajai daļai. Gadījumā, ja kādam no pierādījumiem tiesa dod priekšroku iepretim citam, atbilstoši Administratīvā procesa likuma 154.panta trešajai daļai spriedumā ir jāatspoguļo, kādēļ tā. Administratīvā procesa likuma normās nedz tieši, nedz netieši nav iemiesota prasība, ka gadījumā, ja katrs procesa dalībnieks iesniedz atšķirīgus pierādījumus, kādam no viņiem būtu jāiesniedz papildu pierādījumi par sava pierādījuma ticamību. Tiesas uzdevums ir iegūtos pierādījumus novērtēt. Pierādījumu ticamību procesa dalībnieks var pastiprināt, iesniedzot arī papildu pierādījumus, taču nevar izvirzīt kā pierādījuma ticamības priekšnoteikumu vēl citu pierādījumu iesniegšanu pašu par sevi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1498340D" w14:textId="3B3EE102" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="73F44AEC" w14:textId="77777777" w:rsidR="00264E6A" w:rsidRDefault="00264E6A" w:rsidP="00264E6A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B5AB153" w14:textId="77777777" w:rsidR="00264E6A" w:rsidRDefault="00264E6A" w:rsidP="00264E6A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Piesardzības princips</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BCD61B" w14:textId="2FC0D8CB" w:rsidR="00264E6A" w:rsidRPr="002A3D9B" w:rsidRDefault="00264E6A" w:rsidP="00264E6A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Piesardzības princips liek ieņemt piesardzīgu pozīciju tur, kur zinātniskie dati par kaut ko nesniedz skaidrību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1498340D" w14:textId="3B3EE102" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B099E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:t>Latvijas Republikas Senāt</w:t>
       </w:r>
       <w:r w:rsidR="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:br/>
         <w:t>Administratīvo lietu departamenta</w:t>
       </w:r>
       <w:r w:rsidR="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:br/>
         <w:t>2025.gada 27.novembra</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E11875A" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="2E11875A" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B099E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:t>SPRIEDUMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA2B27E" w14:textId="31887F17" w:rsidR="002A3D9B" w:rsidRPr="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="002A3D9B">
+    <w:p w14:paraId="7CA2B27E" w14:textId="31887F17" w:rsidR="002A3D9B" w:rsidRPr="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Lieta Nr.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> A420240422</w:t>
       </w:r>
       <w:r w:rsidRPr="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, SKA-191/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592CE47D" w14:textId="304E7EDC" w:rsidR="002A3D9B" w:rsidRPr="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="002A3D9B">
+    <w:p w14:paraId="592CE47D" w14:textId="304E7EDC" w:rsidR="002A3D9B" w:rsidRPr="002A3D9B" w:rsidRDefault="002A3D9B" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="002A3D9B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> ECLI:LV:AT:2025:1127.A420240422.20.S</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="313AFE13" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="313AFE13" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F31DEF7" w14:textId="7E8B1097" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3F31DEF7" w14:textId="7E8B1097" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B099E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Senāts šādā sastāvā: senatore referente </w:t>
       </w:r>
       <w:r w:rsidR="00DC3B02">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Rudīte Vīduša</w:t>
       </w:r>
       <w:r w:rsidRPr="001B099E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, senator</w:t>
@@ -280,61 +311,61 @@
       <w:r w:rsidR="002F4AB5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00DC3B02">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Darapoļskis un </w:t>
       </w:r>
       <w:r w:rsidR="003867B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Anita Kovaļevska</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77438F2E" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="77438F2E" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7942C629" w14:textId="45F363F1" w:rsidR="00DC3B02" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="7942C629" w14:textId="45F363F1" w:rsidR="00DC3B02" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B099E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>rakstveida procesā izskatīja administratīvo lietu,</w:t>
       </w:r>
       <w:r w:rsidR="00DC3B02">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC3B02" w:rsidRPr="00DC3B02">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">kas ierosināta, </w:t>
@@ -396,89 +427,89 @@
       <w:r w:rsidR="00DC3B02" w:rsidRPr="00DC3B02">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>kasācijas sūdzību par Administratīvās apgabaltiesas 202</w:t>
       </w:r>
       <w:r w:rsidR="007A3F2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>4.gada 22.marta</w:t>
       </w:r>
       <w:r w:rsidR="00DC3B02" w:rsidRPr="00DC3B02">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> spriedumu</w:t>
       </w:r>
       <w:r w:rsidR="00DC3B02">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A89C1A3" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1A89C1A3" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31D64CD4" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="31D64CD4" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B099E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Aprakstošā daļa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="054E26DA" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="054E26DA" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B8CF238" w14:textId="08CF1A63" w:rsidR="00884537" w:rsidRPr="00884537" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="7B8CF238" w14:textId="08CF1A63" w:rsidR="00884537" w:rsidRPr="00884537" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B099E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[1]</w:t>
       </w:r>
       <w:r w:rsidR="00E43F31">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00884537" w:rsidRPr="00884537">
         <w:rPr>
@@ -536,235 +567,242 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00884537" w:rsidRPr="00884537">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sezonā noteikto pieļaujamo vilku nomedīšanas apjomu – 280</w:t>
       </w:r>
       <w:r w:rsidR="00C940D4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00884537" w:rsidRPr="00884537">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dzīvnieki.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F455E5C" w14:textId="5E0C408F" w:rsidR="007A3F2A" w:rsidRDefault="00884537" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0F455E5C" w14:textId="5E0C408F" w:rsidR="007A3F2A" w:rsidRDefault="00884537" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00884537">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Rīkojums pamatots ar to, ka atbilstoši 2021./2022.gada medību sezonā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> v</w:t>
       </w:r>
       <w:r w:rsidRPr="00884537">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>eiktajam vilku</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884537">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>populācijas izplatības novērtējumam vilku populācijas stāvoklis Latvijā ir labvēlīgs un stabils, vilku</w:t>
+        <w:t xml:space="preserve">populācijas izplatības novērtējumam vilku populācijas stāvoklis Latvijā ir labvēlīgs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>un stabils, vilku</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884537">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>populācija ilgstoši nodrošina savu eksistenci kā raksturīgā biotopa dzīvotspējīga sastāvdaļa, tās</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884537">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dabiskais izplatības areāls un dzīvotnes saglabājas, nav konstatējamas vilku populācijas stāvokļa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00884537">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pasliktināšanās pazīmes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5024C1EE" w14:textId="26A499C0" w:rsidR="007A3F2A" w:rsidRDefault="00884537" w:rsidP="002A3D9B">
+    <w:p w14:paraId="5024C1EE" w14:textId="26A499C0" w:rsidR="007A3F2A" w:rsidRDefault="00884537" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pieteicējs –</w:t>
       </w:r>
       <w:r w:rsidR="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">[pers. A] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>– vērsās administratīvajā tiesā un lūdza rīkojumu atzīt par prettiesisku, norādot apsvērumu</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par vilku populācijas stāvokļa nepareizu novērtējumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC0A394" w14:textId="77777777" w:rsidR="00884537" w:rsidRDefault="00884537" w:rsidP="002A3D9B">
+    <w:p w14:paraId="6BC0A394" w14:textId="77777777" w:rsidR="00884537" w:rsidRDefault="00884537" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E7A01E9" w14:textId="3C967B79" w:rsidR="00884537" w:rsidRDefault="00884537" w:rsidP="002A3D9B">
+    <w:p w14:paraId="4E7A01E9" w14:textId="3C967B79" w:rsidR="00884537" w:rsidRDefault="00884537" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Administratīvā apgabaltiesa, izskatījusi lietu apelācijas kārtībā, ar 2024.gada 22.marta spriedumu pieteikumu noraidīja. Apgabaltiesa, pievienojoties Administratīvās rajona tiesas sprieduma motivācijai, spriedumu pamatoja ar turpmāk minētajiem apsvērumiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6887AE" w14:textId="0799951E" w:rsidR="00C940D4" w:rsidRDefault="00C940D4" w:rsidP="002A3D9B">
+    <w:p w14:paraId="2A6887AE" w14:textId="0799951E" w:rsidR="00C940D4" w:rsidRDefault="00C940D4" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.1]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C940D4">
         <w:rPr>
@@ -878,51 +916,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C940D4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>apstiprinātai metodikai</w:t>
       </w:r>
       <w:r w:rsidR="006D1F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – metodika)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C940D4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD56BD1" w14:textId="299BC058" w:rsidR="006D1F20" w:rsidRDefault="00C940D4" w:rsidP="002A3D9B">
+    <w:p w14:paraId="2CD56BD1" w14:textId="299BC058" w:rsidR="006D1F20" w:rsidRDefault="00C940D4" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.2]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="006D1F20" w:rsidRPr="006D1F20">
         <w:rPr>
@@ -1113,97 +1151,97 @@
         </w:rPr>
         <w:t>noteiktais pieļaujamais vilku nomedīšanas apjoms atbilst vilku aizsardzības plānam un</w:t>
       </w:r>
       <w:r w:rsidR="006D1F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D1F20" w:rsidRPr="006D1F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>metodikai, nodrošinot vilku populācijai labvēlīgu aizsardzības statusu</w:t>
       </w:r>
       <w:r w:rsidR="006D1F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FCB3B5" w14:textId="66881AD2" w:rsidR="00C940D4" w:rsidRDefault="006D1F20" w:rsidP="002A3D9B">
+    <w:p w14:paraId="66FCB3B5" w14:textId="66881AD2" w:rsidR="00C940D4" w:rsidRDefault="006D1F20" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D1F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Dienesta pieļautas kļūdas, veicot vilku populācijas stāvokļa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">novērtējumu, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nav konstatējamas</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1F20">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDBA410" w14:textId="49B0C3BF" w:rsidR="006D1F20" w:rsidRDefault="001979CF" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3DDBA410" w14:textId="49B0C3BF" w:rsidR="006D1F20" w:rsidRDefault="001979CF" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.3]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008C6B79">
         <w:rPr>
@@ -1310,51 +1348,51 @@
         </w:rPr>
         <w:t>%.</w:t>
       </w:r>
       <w:r w:rsidR="008C6B79">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rīkojumā noteiktais apjoms tam atbilst, tādēļ rīkojums </w:t>
       </w:r>
       <w:r w:rsidR="006E579E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidR="008C6B79">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>tiesisks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE86F66" w14:textId="5E9B2A49" w:rsidR="007A3F2A" w:rsidRDefault="008C6B79" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1EE86F66" w14:textId="5E9B2A49" w:rsidR="007A3F2A" w:rsidRDefault="008C6B79" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.4]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009F5092" w:rsidRPr="009F5092">
         <w:rPr>
@@ -1436,51 +1474,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, ka dienesta noteiktais nomedījamo vilku limits neatbilstu </w:t>
       </w:r>
       <w:r w:rsidR="009F5092">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">plānā </w:t>
       </w:r>
       <w:r w:rsidR="009F5092" w:rsidRPr="009F5092">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>minētajiem kritērijiem</w:t>
       </w:r>
       <w:r w:rsidR="009F5092">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E5421A" w14:textId="1DC64875" w:rsidR="009510A0" w:rsidRPr="009510A0" w:rsidRDefault="009F5092" w:rsidP="002A3D9B">
+    <w:p w14:paraId="06E5421A" w14:textId="1DC64875" w:rsidR="009510A0" w:rsidRPr="009510A0" w:rsidRDefault="009F5092" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.5]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009510A0" w:rsidRPr="009510A0">
         <w:rPr>
@@ -1650,182 +1688,182 @@
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="009510A0" w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, kas norādītu uz</w:t>
       </w:r>
       <w:r w:rsidR="006E579E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009510A0" w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>to, ka šie citi dati par faktisko vilku skaitu noteiktā laikā būtu precīzāki.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D39873" w14:textId="7365E40F" w:rsidR="000F21DF" w:rsidRDefault="009510A0" w:rsidP="002A3D9B">
+    <w:p w14:paraId="53D39873" w14:textId="7365E40F" w:rsidR="000F21DF" w:rsidRDefault="009510A0" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Nav </w:t>
       </w:r>
       <w:r w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>šaub</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, ka statistikas datu precizitāti un aprēķina formulu piemērotību</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>šāda rakstura informācijas noteikšanai ir iespējams pilnveidot, tostarp ieguldot papildu resursus</w:t>
+        <w:t xml:space="preserve">šāda rakstura informācijas noteikšanai ir iespējams pilnveidot, tostarp ieguldot papildu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009510A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>resursus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>statistikas datu pilnvērtīgākai ieguvei un, iespējams, veicot kādas izmaiņas tiesību normās, kuras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">noteic attiecīgās aprēķina formulas. Tomēr šajā tiesvedībā jāvērtē </w:t>
+        <w:t>noteic attiecīgās aprēķina formulas. Tomēr šajā tiesvedībā jāvērtē nevis tas, vai noteiktas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>nevis tas, vai noteiktas</w:t>
+        <w:t>informācijas ieguves metodes varētu būt precīzākas, bet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009510A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>, vai dienests, veicot attiecīgos aprēķinus,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009510A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>informācijas ieguves metodes varētu būt precīzākas, bet</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ir ņēmis vērā spēkā esošās tiesību normas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8665C6" w14:textId="069B94F0" w:rsidR="00275BA4" w:rsidRDefault="00275BA4" w:rsidP="002A3D9B">
+    <w:p w14:paraId="7E8665C6" w14:textId="069B94F0" w:rsidR="00275BA4" w:rsidRDefault="00275BA4" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.6]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1918,51 +1956,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> secināms, ka </w:t>
       </w:r>
       <w:r w:rsidRPr="00275BA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pieteicēja bažas par to, ka vilku populācija Latvijā strauji samazinās medību dēļ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, ir kritiski vērtējamas</w:t>
       </w:r>
       <w:r w:rsidRPr="00275BA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA6FAAA" w14:textId="076384A5" w:rsidR="008B4391" w:rsidRDefault="00D659CB" w:rsidP="002A3D9B">
+    <w:p w14:paraId="6AA6FAAA" w14:textId="076384A5" w:rsidR="008B4391" w:rsidRDefault="00D659CB" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.</w:t>
       </w:r>
       <w:r w:rsidR="00275BA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2195,51 +2233,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00275BA4" w:rsidRPr="00275BA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iesniegti pierādījumi, kas liecinātu par to, ka valsts nepilda direktīvā noteiktās prasības, tostarp</w:t>
       </w:r>
       <w:r w:rsidR="00275BA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00275BA4" w:rsidRPr="00275BA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nodrošināt vilku populācijai labvēlīgu stāvokli un sugas monitoringu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3837E08B" w14:textId="49F12E99" w:rsidR="005119E3" w:rsidRDefault="005119E3" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3837E08B" w14:textId="49F12E99" w:rsidR="005119E3" w:rsidRDefault="005119E3" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.</w:t>
       </w:r>
       <w:r w:rsidR="00275BA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2325,51 +2363,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, bet norāda tikai uz to, ka </w:t>
       </w:r>
       <w:r w:rsidR="001B6682" w:rsidRPr="001B6682">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vilku skaits ir noteikts</w:t>
       </w:r>
       <w:r w:rsidR="001B6682">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B6682" w:rsidRPr="001B6682">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nepareizi, jo dienests jau kopš 2008.gada nav veicis vienlaicīgu vilku pēdu uzskaiti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="258628D2" w14:textId="148594F7" w:rsidR="001B6682" w:rsidRDefault="001B6682" w:rsidP="002A3D9B">
+    <w:p w14:paraId="258628D2" w14:textId="148594F7" w:rsidR="001B6682" w:rsidRDefault="001B6682" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Konstatējams, ka Valsts meža</w:t>
       </w:r>
       <w:r w:rsidRPr="001B6682">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dienesta monitoringa metodes kopš Valsts kontroles ziņojuma sastādīšanas brīža ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2378,140 +2416,140 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001B6682">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pilnveidotas. Līdz ar to pieteicēja argumenti, faktiski pārrakstot Valsts kontroles ziņojumā paustās</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001B6682">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>atziņas, paši par sevi neliecina par pārsūdzētā rīkojuma prettiesiskumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3547D169" w14:textId="2B4F45FE" w:rsidR="001B6682" w:rsidRDefault="00F73F0B" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3547D169" w14:textId="2B4F45FE" w:rsidR="001B6682" w:rsidRDefault="00F73F0B" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[2.</w:t>
       </w:r>
       <w:r w:rsidR="00275BA4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Pieteicēja argumenti par pārnadžu radītajiem zaudējumiem un par suņu uzbrukumiem mājlopiem nav būtiski.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E1E9F4" w14:textId="77777777" w:rsidR="00275BA4" w:rsidRDefault="00275BA4" w:rsidP="002A3D9B">
+    <w:p w14:paraId="51E1E9F4" w14:textId="77777777" w:rsidR="00275BA4" w:rsidRDefault="00275BA4" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AC9FD17" w14:textId="49D90381" w:rsidR="00275BA4" w:rsidRDefault="00275BA4" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1AC9FD17" w14:textId="49D90381" w:rsidR="00275BA4" w:rsidRDefault="00275BA4" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[3]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="0098237F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Pieteicējs par Administratīvās apgabaltiesas spriedumu iesniedza kasācijas sūdzību, kurā norādījis turpmāk minētos pamatus sprieduma atcelšanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047DE4F2" w14:textId="5D9B2401" w:rsidR="003D4AC7" w:rsidRDefault="0098237F" w:rsidP="002A3D9B">
+    <w:p w14:paraId="047DE4F2" w14:textId="5D9B2401" w:rsidR="003D4AC7" w:rsidRDefault="0098237F" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[3.1]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CA5DD9">
         <w:rPr>
@@ -2569,51 +2607,51 @@
         </w:rPr>
         <w:t>115.panta (tiesības dzīvot labvēlīgā vidē) tvērumā. Turklāt dalībvalsts tiesību akti nav piemērojami, ja tie ir pretrunā ar Eiropas Savienības tiesību aktiem</w:t>
       </w:r>
       <w:r w:rsidR="00CA5DD9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5DD9" w:rsidRPr="00CA5DD9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D4AC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Dzīvotņu direktīva uzliek valstij pienākumu atjaunot un nodrošināt aizsargājamas sugas saglabāšanu labvēlīgā statusā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F00DEF" w14:textId="1EF06E5B" w:rsidR="0098237F" w:rsidRDefault="003D4AC7" w:rsidP="002A3D9B">
+    <w:p w14:paraId="52F00DEF" w14:textId="1EF06E5B" w:rsidR="0098237F" w:rsidRDefault="003D4AC7" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[3.2]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CA5DD9">
         <w:rPr>
@@ -2654,83 +2692,83 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> zinātnieku monitoringu un Valsts kontroles revīzijas ziņojuma secinājumus</w:t>
       </w:r>
       <w:r w:rsidR="00E46188">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E82152">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vienlaicīga vilku pēdu uzskaite pēdējo reizi Latvijā notikusi 2008.gadā.</w:t>
       </w:r>
       <w:r w:rsidR="00245A32">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Valsts meža dienesta dati un to analīze, tostarp par vilku populācijas dzimumstruktūru un vecumstruktūru, ir neobjektīvi. Dati par vilku skaitu</w:t>
+        <w:t xml:space="preserve"> Valsts meža dienesta dati un to analīze, tostarp par vilku populācijas </w:t>
+      </w:r>
+      <w:r w:rsidR="00245A32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>dzimumstruktūru un vecumstruktūru, ir neobjektīvi. Dati par vilku skaitu</w:t>
       </w:r>
       <w:r w:rsidR="0000243C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00245A32">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ievērojami </w:t>
-[...7 lines deleted...]
-        <w:t>pārsniedz sugas vides ietilpību.</w:t>
+        <w:t>ievērojami pārsniedz sugas vides ietilpību.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pierādīšanas nasta gulst uz Valsts meža dienestu, nevis pieteicēju.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675F840A" w14:textId="005D4A8C" w:rsidR="003B7449" w:rsidRDefault="003F6515" w:rsidP="002A3D9B">
+    <w:p w14:paraId="675F840A" w14:textId="005D4A8C" w:rsidR="003B7449" w:rsidRDefault="003F6515" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vilku populācijas ikgadējā apšaušana 60</w:t>
       </w:r>
       <w:r w:rsidR="00072D28">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2746,69 +2784,69 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>% noved pie populācijas samazinājuma. Pārmērīgas medības kompensē no kaimiņzemēm ienākušie vilki, ko turpmāk ietekmēs žoga izbūve uz Krievijas un Baltkrievijas robežas.</w:t>
       </w:r>
       <w:r w:rsidR="003D4AC7" w:rsidRPr="003D4AC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D4AC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Dati par vilku nodarītiem postījumiem ir apšaubāmi, jo aitām uzbrūk arī klaiņojoši suņi, turklāt aitu bojāeja vilku uzbrukumu dēļ procentuāli ir salīdzinoši maza.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4196127B" w14:textId="13207151" w:rsidR="00EB7C69" w:rsidRDefault="003F6515" w:rsidP="002A3D9B">
+    <w:p w14:paraId="4196127B" w14:textId="13207151" w:rsidR="00EB7C69" w:rsidRDefault="003F6515" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Komisijas piešķirtais labvēlīgais vilku populācijas statuss panākts ar fiktīviem Valsts meža dienesta datiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B85C545" w14:textId="6BC6D36D" w:rsidR="003D4AC7" w:rsidRDefault="003D4AC7" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1B85C545" w14:textId="6BC6D36D" w:rsidR="003D4AC7" w:rsidRDefault="003D4AC7" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[3.3]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00382D54">
         <w:rPr>
@@ -2824,51 +2862,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> par Dzīvotņu direktīvas 1.panta „i” apakšpunkta, 2.panta 3.punkta un 14.panta 1.punkta interpretāciju</w:t>
       </w:r>
       <w:r w:rsidR="00EF3ED7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kā arī </w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">jāuzdod </w:t>
       </w:r>
       <w:r w:rsidR="00EF3ED7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>jautājumi, ko rada Valsts meža dienesta izmantotās datu iegūšanas un analīzes metodes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A2B455" w14:textId="1054683F" w:rsidR="002F2874" w:rsidRDefault="002F2874" w:rsidP="002A3D9B">
+    <w:p w14:paraId="37A2B455" w14:textId="1054683F" w:rsidR="002F2874" w:rsidRDefault="002F2874" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[3.4]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="0000243C">
         <w:rPr>
@@ -2879,217 +2917,217 @@
       </w:r>
       <w:r w:rsidR="00682849">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>metodikas 25.punkts un 25.1.apakšpunkts un Pelēkā vilka (</w:t>
       </w:r>
       <w:r w:rsidR="00682849" w:rsidRPr="00DF616E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Canis lupus</w:t>
       </w:r>
       <w:r w:rsidR="00682849">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>) sugas aizsardzības plāna 6.7.1.apakšpunkts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3631A84F" w14:textId="77777777" w:rsidR="003D4AC7" w:rsidRDefault="003D4AC7" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3631A84F" w14:textId="77777777" w:rsidR="003D4AC7" w:rsidRDefault="003D4AC7" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="697CE128" w14:textId="34CC8EEF" w:rsidR="003D4AC7" w:rsidRDefault="003D4AC7" w:rsidP="002A3D9B">
+    <w:p w14:paraId="697CE128" w14:textId="34CC8EEF" w:rsidR="003D4AC7" w:rsidRDefault="003D4AC7" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[4]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EF3ED7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Valsts meža dienests paskaidrojumos par kasācijas sūdzību lūdz to noraidīt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BC882E" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00CB419E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="71BC882E" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00CB419E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68C1506F" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00CB419E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="68C1506F" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00CB419E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB419E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Motīvu daļa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3798C0" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="5B3798C0" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D1F4144" w14:textId="00877B10" w:rsidR="00EF3ED7" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3D1F4144" w14:textId="00877B10" w:rsidR="00EF3ED7" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[5]</w:t>
       </w:r>
       <w:r w:rsidR="00085F22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00BD20B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>No pieteicēja kasācijas sūdzības izriet pieteicēja galvenie iebildumi pret to, kā apgabaltiesa ir izvērtējusi Valsts meža dienesta rīkojuma tiesiskumu: ka rīkojums par pieļaujamo vilku nomedīšanas apjomu nav balstīts uz zinātniski pamatotiem datiem un ka nomedīšanas apjoma noteikšanā būtu jāizvēlas piesardzīgāka pieeja.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A0DC4F" w14:textId="039CA4D0" w:rsidR="00BD20B9" w:rsidRDefault="00BD20B9" w:rsidP="002A3D9B">
+    <w:p w14:paraId="16A0DC4F" w14:textId="039CA4D0" w:rsidR="00BD20B9" w:rsidRDefault="00BD20B9" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Pirms pievērsties kasācijas sūdzības argumentiem, Senāts atgādina, ka, ievērojot Administratīvā procesa likuma 325.pantā noteikto kasācijas instances tiesas kompetenci, kasācijas instances tiesā tiek skatīti tikai tiesību jautājumi – tas ir, jautājumi par materiālo un procesuālo normu piemērošanas pareizību. Pieteicēja kasācijas sūdzībā ir daudz norāžu uz pieteicēja atlasītiem faktiem un šo faktu interpretācijas, taču šo faktu pārbaude nav kasācijas instances tiesas kompetencē. Tādēļ Senāts pievērsīsies pārbaudei, vai apgabaltiesa ir pareizi piemērojusi tiesību normas, tostarp – vai tiesa ir pienācīgi pārbaudījusi pierādījumus un noskaidrojusi tiesiski nozīmīgos faktus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79023C8F" w14:textId="77777777" w:rsidR="00BD20B9" w:rsidRDefault="00BD20B9" w:rsidP="002A3D9B">
+    <w:p w14:paraId="79023C8F" w14:textId="77777777" w:rsidR="00BD20B9" w:rsidRDefault="00BD20B9" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37D9A927" w14:textId="2A4127F1" w:rsidR="00BD20B9" w:rsidRDefault="00BD20B9" w:rsidP="002A3D9B">
+    <w:p w14:paraId="37D9A927" w14:textId="2A4127F1" w:rsidR="00BD20B9" w:rsidRDefault="00BD20B9" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[6]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Pieteicējs pamatoti norāda, ka Latvijā kā Eiropas Savienības dalībvalstī ir jāievēro Dzīvotņu direktīva. Lietā nav strīda, ka vilku medīšanas pieļaujamība un nomedīšanas apjoms ir jāvērtē šīs direktīvas kontekstā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644B75B4" w14:textId="1DEF921D" w:rsidR="00B14B83" w:rsidRDefault="00B14B83" w:rsidP="002A3D9B">
+    <w:p w14:paraId="644B75B4" w14:textId="1DEF921D" w:rsidR="00B14B83" w:rsidRDefault="00B14B83" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00330A78">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>zīvotņu d</w:t>
       </w:r>
       <w:r w:rsidR="009733A0" w:rsidRPr="009733A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">irektīvas </w:t>
@@ -3129,116 +3167,122 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="009733A0" w:rsidRPr="00FA5BAB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>direktīvas 2.panta 1.punkts</w:t>
       </w:r>
       <w:r w:rsidR="009733A0" w:rsidRPr="009733A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FEA259" w14:textId="77777777" w:rsidR="00FA5BAB" w:rsidRDefault="00B14B83" w:rsidP="002A3D9B">
+    <w:p w14:paraId="14FEA259" w14:textId="77777777" w:rsidR="00FA5BAB" w:rsidRDefault="00B14B83" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Atbilstoši direktīvas 11.pantam tas nozīmē, ka d</w:t>
       </w:r>
       <w:r w:rsidRPr="00B14B83">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">alībvalstis veic 2.pantā minēto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FA5BAB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>respektīvi,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Savienībā nozīmīgo) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B14B83">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>dabisko dzīvotņu un sugu aizsardzības statusa uzraudzību, īpašu uzmanību pievēršot prioritārajiem dabisko dzīvotņu veidiem un prioritārajām sugām.</w:t>
+        <w:t xml:space="preserve">dabisko dzīvotņu un sugu aizsardzības statusa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B14B83">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>uzraudzību, īpašu uzmanību pievēršot prioritārajiem dabisko dzīvotņu veidiem un prioritārajām sugām.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D80589C" w14:textId="77777777" w:rsidR="00FA5BAB" w:rsidRDefault="00B14B83" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1D80589C" w14:textId="77777777" w:rsidR="00FA5BAB" w:rsidRDefault="00B14B83" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">No direktīvas 1.panta „g” apakšpunkta izriet, ka </w:t>
       </w:r>
       <w:r w:rsidR="00FA5BAB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Savienībā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> nozīmīgas sugas citstarp ir tās, kas uzskaitītas direktīvas V pielikumā.</w:t>
       </w:r>
       <w:r w:rsidR="00FA5BAB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>P</w:t>
@@ -3296,51 +3340,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="009733A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Savienībā </w:t>
       </w:r>
       <w:r w:rsidR="009733A0" w:rsidRPr="009733A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>nozīmīgas augu un dzīvnieku sugas, kuru īpatņu ieguvei savvaļā un izmantošanai var piemērot apsaimniekošanas pasākumus.</w:t>
       </w:r>
       <w:r w:rsidR="009733A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B3D94E" w14:textId="1AA44643" w:rsidR="001B1247" w:rsidRDefault="00B14B83" w:rsidP="002A3D9B">
+    <w:p w14:paraId="40B3D94E" w14:textId="1AA44643" w:rsidR="001B1247" w:rsidRDefault="00B14B83" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Apgabaltiesa pareizi norādījusi, ka t</w:t>
       </w:r>
       <w:r w:rsidR="009733A0" w:rsidRPr="009733A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">as nozīmē, ka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>īpatņus ar zināmiem nosacījumiem</w:t>
@@ -3474,51 +3518,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>un citiem īpašuma veidiem vai nepieciešamību rūpēties par sabiedrības drošību (</w:t>
       </w:r>
       <w:r w:rsidR="00330A78" w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>direktīvas 16.pants</w:t>
       </w:r>
       <w:r w:rsidR="00330A78" w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="001B1247">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A15A11C" w14:textId="23F6150D" w:rsidR="00941E12" w:rsidRPr="004E2E4A" w:rsidRDefault="001B1247" w:rsidP="002A3D9B">
+    <w:p w14:paraId="2A15A11C" w14:textId="23F6150D" w:rsidR="00941E12" w:rsidRPr="004E2E4A" w:rsidRDefault="001B1247" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Kā norādījusi Eiropas Savienības Tiesa, lai arī valstij ir zināma novērtējuma brīvība Dzīvotņu direktīvas 14.panta (t.i., </w:t>
       </w:r>
       <w:r w:rsidR="009B5F4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>arī medību</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieļaujamība ar nosacījumiem) piemērošanā, šo </w:t>
@@ -3681,61 +3725,61 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>ja, pamatojoties uz labākajām pieejamajām zinātnes atziņām, joprojām nav skaidrības par esošajiem riskiem, kas apdraud šīs sugas labvēlīga aizsardzības statusa saglabāšanu</w:t>
       </w:r>
       <w:r w:rsidR="00DB0207">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, varētu būt nepieciešams ierobežot vai aizliegt medības (</w:t>
       </w:r>
       <w:r w:rsidR="00DB0207" w:rsidRPr="00DB0207">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>turpat, 62., 65., 72., 74.punkts</w:t>
       </w:r>
       <w:r w:rsidR="00DB0207">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539C3DC4" w14:textId="77777777" w:rsidR="00330A78" w:rsidRPr="004E2E4A" w:rsidRDefault="00330A78" w:rsidP="002A3D9B">
+    <w:p w14:paraId="539C3DC4" w14:textId="77777777" w:rsidR="00330A78" w:rsidRPr="004E2E4A" w:rsidRDefault="00330A78" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="191EEB99" w14:textId="6B78AFC1" w:rsidR="00562A3A" w:rsidRPr="004E2E4A" w:rsidRDefault="00562A3A" w:rsidP="002A3D9B">
+    <w:p w14:paraId="191EEB99" w14:textId="6B78AFC1" w:rsidR="00562A3A" w:rsidRPr="004E2E4A" w:rsidRDefault="00562A3A" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>]</w:t>
@@ -3743,190 +3787,190 @@
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="0042069F" w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Pieteicēja iebildumi </w:t>
       </w:r>
       <w:r w:rsidR="00FA5BAB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">būtībā </w:t>
       </w:r>
       <w:r w:rsidR="0042069F" w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>ir saistīti ar to, vai apgabaltiesa ir pienācīgi ņēmusi vērā Dzīvotņu direktīvas 2.panta „i” apakšpunktā noteiktos kritērijus, pēc kuriem sugas aizsardzības statusu var atzīt par labvēlīgu, un tie ir:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F2B5B8" w14:textId="77777777" w:rsidR="0042069F" w:rsidRPr="004E2E4A" w:rsidRDefault="0042069F" w:rsidP="002A3D9B">
+    <w:p w14:paraId="16F2B5B8" w14:textId="77777777" w:rsidR="0042069F" w:rsidRPr="004E2E4A" w:rsidRDefault="0042069F" w:rsidP="00264E6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>attiecīgo sugu populācijas dinamikas dati liecina, ka ilgtermiņā suga sevi atražo un ir dzīvotspējīga konkrētās dabiskās dzīvotnes sastāvdaļa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512FF229" w14:textId="77777777" w:rsidR="0042069F" w:rsidRPr="004E2E4A" w:rsidRDefault="0042069F" w:rsidP="002A3D9B">
+    <w:p w14:paraId="512FF229" w14:textId="77777777" w:rsidR="0042069F" w:rsidRPr="004E2E4A" w:rsidRDefault="0042069F" w:rsidP="00264E6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sugas dabiskās izplatības areāls nav samazinājies, un šķiet, ka tas nemazināsies arī tuvākajā laikā, un</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B89B6F" w14:textId="6FE20D39" w:rsidR="0042069F" w:rsidRPr="004E2E4A" w:rsidRDefault="0042069F" w:rsidP="002A3D9B">
+    <w:p w14:paraId="16B89B6F" w14:textId="6FE20D39" w:rsidR="0042069F" w:rsidRPr="004E2E4A" w:rsidRDefault="0042069F" w:rsidP="00264E6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>dzīvotne ir un šķiet, ka arī turpmāk būs pietiekami plaš</w:t>
       </w:r>
       <w:r w:rsidR="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2E4A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tās populāciju ilglaicīgai uzturēšanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C543619" w14:textId="3576F233" w:rsidR="0042069F" w:rsidRDefault="00FA5BAB" w:rsidP="002A3D9B">
+    <w:p w14:paraId="5C543619" w14:textId="3576F233" w:rsidR="0042069F" w:rsidRDefault="00FA5BAB" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Šajā sakarā pieteicējs turklāt kritizē Latvijas normatīvos aktus, jo īpaši metodiku, pēc kuras tiek noteikts sugas populācijas stāvoklis un attiecīgi arī pieļaujamais nomedīšanas apjoms.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5272C2E1" w14:textId="389A11D8" w:rsidR="00B918A8" w:rsidRDefault="00B918A8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="5272C2E1" w14:textId="389A11D8" w:rsidR="00B918A8" w:rsidRDefault="00B918A8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Tātad tiesas uzdevums šajā lietā bija pārbaudīt, vai Latvijas normatīvais regulējums, tostarp metodika, atbilst Dzīvotņu direktīvai, un vai iestāde pareizi šos normatīvos aktus piemērojusi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545E5B3D" w14:textId="77777777" w:rsidR="00B918A8" w:rsidRDefault="00B918A8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="545E5B3D" w14:textId="77777777" w:rsidR="00B918A8" w:rsidRDefault="00B918A8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0400076F" w14:textId="43B58BE3" w:rsidR="00B918A8" w:rsidRDefault="00B918A8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0400076F" w14:textId="43B58BE3" w:rsidR="00B918A8" w:rsidRDefault="00B918A8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>]</w:t>
@@ -3952,67 +3996,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">apsvērumus, kuri ļāvuši </w:t>
       </w:r>
       <w:r w:rsidR="006915C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">iepretim pieteicēja iebildumiem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>tiesai atzīt, ka iestādes izdotais administratīvais akts ir tiesisks</w:t>
       </w:r>
       <w:r w:rsidR="0028021C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> un atbilstošs iepriekš izklāstītajām Dzīvotņu direktīvas prasībām.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E7093F" w14:textId="0348CA67" w:rsidR="0028021C" w:rsidRDefault="00FA4C15" w:rsidP="002A3D9B">
+    <w:p w14:paraId="59E7093F" w14:textId="0348CA67" w:rsidR="0028021C" w:rsidRDefault="00FA4C15" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Tiesa, lai arī pieteicējs bija izteicis kritiku gan par metodikas atbilstību Dzīvotņu direktīvai, gan par vilku aizsardzības plāna saturu, nav atspoguļojusi jebkādu vērtējumu, kas tiesai ļāvis nonākt pie gala secinājumiem, ka šie iebildumi nav pamatoti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177AAF85" w14:textId="53C2842E" w:rsidR="0000487E" w:rsidRDefault="00FA4C15" w:rsidP="002A3D9B">
+    <w:p w14:paraId="177AAF85" w14:textId="53C2842E" w:rsidR="0000487E" w:rsidRDefault="00FA4C15" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Tā attiecībā uz Dzīvotņu direktīvu tiesa vispār nav atspoguļojusi, ko tieši tā būtu apsvērusi, lai izprastu, vai pieteicēja kritika ir pamatota. Tiesa (tostarp rajona tiesa, kuras motivācijai pievienojusies apgabaltiesa), ir vispārīgi norādījusi, ka tā </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4C15">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">nekonstatē, ka, izdodot </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>r</w:t>
@@ -4094,51 +4138,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>pelēkā vilka (</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4C15">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Canis lupus</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA4C15">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>) populācijas stāvokli Latvijā”</w:t>
       </w:r>
       <w:r w:rsidR="0000487E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tiesa turklāt norāda, ka lietā nav iesniegti pierādījumi, ka valsts nepilda direktīvā noteiktās prasības. Taču tas nesniedz pārliecību par to, ka tiesa būtu iedziļinājusies tajā, vai Latvijā veiktais vilku sugas labvēlīgā vai nelabvēlīgā aizsardzības statusa vērtējums ir balstīts uz labākajām pieejamām zinātnes atziņām. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E57F161" w14:textId="48E84BE8" w:rsidR="00F74522" w:rsidRPr="00F74522" w:rsidRDefault="00F934EF" w:rsidP="002A3D9B">
+    <w:p w14:paraId="2E57F161" w14:textId="48E84BE8" w:rsidR="00F74522" w:rsidRPr="00F74522" w:rsidRDefault="00F934EF" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>etodikā ietvertie noteikumi populācijas stāvokļa novērtējumam ir tikai atstāstīti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> rajona tiesas spriedumā</w:t>
@@ -4176,101 +4220,101 @@
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidR="00457CC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">zinātniski pamatoti un </w:t>
       </w:r>
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>piemēroti, lai novērtētu sugas labvēlīgu vai nelabvēlīgu aizsardzības statusu.</w:t>
       </w:r>
       <w:r w:rsidR="00F74522">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Piemēram, atbildot uz pieteicēja argumentu, ka vilku skaita ekstrapolācija no agrākiem datiem nav piemērota metode vilku skaita aplēšanai, tiesa norādīja, ka tieši šāda metode ir paredzēta metodikā. Taču tas neatbild uz jautājumu, vai šāda metode saskan ar prasību sugas labvēlīgu vai nelabvēlīgu aizsardzības statusu un medību pieļaujamību noteikt atbilstoši zinātniski pamatotām atziņām. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CA5497" w14:textId="77777777" w:rsidR="0000487E" w:rsidRDefault="0000487E" w:rsidP="002A3D9B">
+    <w:p w14:paraId="54CA5497" w14:textId="77777777" w:rsidR="0000487E" w:rsidRDefault="0000487E" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B8E7AEE" w14:textId="074B44D0" w:rsidR="0000487E" w:rsidRDefault="0000487E" w:rsidP="002A3D9B">
+    <w:p w14:paraId="4B8E7AEE" w14:textId="074B44D0" w:rsidR="0000487E" w:rsidRDefault="0000487E" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Tiesa būtībā nav arī izvērtējusi pieteicēja bažas par to, ka pastāv dažādi un pretrunīgi dati par vilku populācijas stāvokli. No sprieduma nekļūst skaidrs, vai tiesa būtu vērtējusi, vai šādas pretrunas patiešām pastāv, vai un kā tās izskaidrojamas un vai tas neliek apšaubīt rīkojuma tiesiskumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A4B791" w14:textId="3EB2757B" w:rsidR="000B4374" w:rsidRDefault="00A81F57" w:rsidP="002A3D9B">
+    <w:p w14:paraId="61A4B791" w14:textId="3EB2757B" w:rsidR="000B4374" w:rsidRDefault="00A81F57" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Tā </w:t>
       </w:r>
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Administratīvā rajona tiesa spriedumā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (kura motivācijai apgabaltiesa, kā jau minēts, ir pievienojusies)</w:t>
@@ -4293,115 +4337,109 @@
         </w:rPr>
         <w:t xml:space="preserve">(nenorādot, kuras) </w:t>
       </w:r>
       <w:r w:rsidR="000B4374" w:rsidRPr="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>par faktisko vilku skaitu atšķiras no</w:t>
       </w:r>
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B4374" w:rsidRPr="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">dienesta noteiktā skaita. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">tbildot uz šo argumentu, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">tiesa </w:t>
       </w:r>
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>norādīja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> vienīgi to</w:t>
       </w:r>
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, ka tā „</w:t>
       </w:r>
       <w:r w:rsidR="000B4374" w:rsidRPr="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">nekonstatē tādus apstākļus vai </w:t>
+        <w:t>nekonstatē tādus apstākļus vai pierādījumus, kas norādītu uz</w:t>
+      </w:r>
+      <w:r w:rsidR="000B4374">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B4374" w:rsidRPr="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>pierādījumus, kas norādītu uz</w:t>
+        <w:t>to, ka šie citi dati par faktisko vilku skaitu noteiktā laikā būtu precīzāki</w:t>
       </w:r>
       <w:r w:rsidR="000B4374">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0294F235" w14:textId="6DA486AC" w:rsidR="00D93B89" w:rsidRDefault="000B4374" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0294F235" w14:textId="6DA486AC" w:rsidR="00D93B89" w:rsidRDefault="000B4374" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Senāts norāda, ka šāda pieeja lietas apstākļu noskaidrošanā acīmredzami neatbilst objektīvās izmeklēšanas principam un Administratīvā procesa likuma 154.pantam, kurā ietverti pierādījumu vērtēšanas </w:t>
       </w:r>
       <w:r w:rsidR="00A81F57">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>noteikumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Proti, </w:t>
@@ -4517,83 +4555,83 @@
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>pastiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00F934EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, iesniedzot arī papildu pierādījumus, taču nevar izvirzīt kā pierādījuma ticamības priekšnoteikumu </w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">vēl citu pierādījumu iesniegšanu </w:t>
       </w:r>
       <w:r w:rsidR="00F934EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>pašu par sevi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7B7B36" w14:textId="05E6595D" w:rsidR="00D93B89" w:rsidRDefault="00D93B89" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1A7B7B36" w14:textId="05E6595D" w:rsidR="00D93B89" w:rsidRDefault="00D93B89" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Minētais vienlīdz jāievēro arī tad, ja lietā jānoskaidro tas, vai iestāde ir pareizi noskaidrojusi tādu kompleksu apstākli kā „sugas labvēlīgas aizsardzības statuss”. Šādā sarežģītā apstākļu noskaidrošanā tiesai, ievērojot privātpersonas interesēm par labu likumā iemiesoto objektīvās izmeklēšanas principu, jo īpaši būtu jāiedziļinās noskaidrojamo faktu būtībā un jāizprot, vai un kādēļ kāds pierādījums ir derīgs pierādīšanā un ticams</w:t>
       </w:r>
       <w:r w:rsidR="000F3C2B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kā vispār kādu strīdus faktu var noskaidrot.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B982FE5" w14:textId="77777777" w:rsidR="00FA5BAB" w:rsidRDefault="00FA5BAB" w:rsidP="002A3D9B">
+    <w:p w14:paraId="7B982FE5" w14:textId="77777777" w:rsidR="00FA5BAB" w:rsidRDefault="00FA5BAB" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CB52CAC" w14:textId="4A1D03A7" w:rsidR="00DF4FFE" w:rsidRDefault="00DF4FFE" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3CB52CAC" w14:textId="4A1D03A7" w:rsidR="00DF4FFE" w:rsidRDefault="00DF4FFE" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>]</w:t>
@@ -4613,160 +4651,148 @@
       <w:r w:rsidR="001E2984">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
       <w:r w:rsidR="006A0C17">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">medīšanas pieļaujamību noteiktā apjomā. Spriedums kopumā neļauj pienācīgi saprast tiesas secinājumu pamatotību iepretim pieteicēja iebildumiem </w:t>
       </w:r>
       <w:r w:rsidR="00F4351E" w:rsidRPr="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>par pārsūdzētā rīkojuma tiesiskumu un Latvijas tiesiskā regulējuma atbilstību Dzīvotņu direktīvas prasībām</w:t>
       </w:r>
       <w:r w:rsidR="006A0C17">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>. Tas ir procesuāls pārkāpums, kas varētu būt pamats šaubīties par lietas izskatīšanas rezultātu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25897A99" w14:textId="77777777" w:rsidR="006A0C17" w:rsidRDefault="006A0C17" w:rsidP="002A3D9B">
+    <w:p w14:paraId="25897A99" w14:textId="77777777" w:rsidR="006A0C17" w:rsidRDefault="006A0C17" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DDF7455" w14:textId="0C06ECB7" w:rsidR="006A0C17" w:rsidRDefault="006A0C17" w:rsidP="002A3D9B">
+    <w:p w14:paraId="6DDF7455" w14:textId="0C06ECB7" w:rsidR="006A0C17" w:rsidRDefault="006A0C17" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Vienlaikus Senāts konstatē apstākļus, kuri dod pamatu spriedumu atstāt negrozītu, neskatoties uz apgabaltiesas pieļauto procesuālo pārkāpumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AEB97D4" w14:textId="69252067" w:rsidR="006A0C17" w:rsidRDefault="001E2984" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0AEB97D4" w14:textId="69252067" w:rsidR="006A0C17" w:rsidRDefault="001E2984" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Izskatāmajā lietā tiesas uzdevums bija pārbaudīt, vai Valsts meža dienests ir pareizi novērtējis sugas labvēlīgo statusu un pareizi noteicis pieļaujamo vilku nomedīšanas apjomu (280 īpatņi) 2022./</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>23.gada sezonā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0203E680" w14:textId="0C7A0817" w:rsidR="001E2984" w:rsidRDefault="001E2984" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0203E680" w14:textId="0C7A0817" w:rsidR="001E2984" w:rsidRDefault="001E2984" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Administratīvās tiesas izskatīšanā ir nonākusi arī cita lieta, kurā pieteicējs </w:t>
       </w:r>
       <w:r w:rsidR="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>[pers.</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">A] </w:t>
+        <w:t xml:space="preserve">[pers. A] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">pārsūdzējis analoģisku Valsts meža dienesta rīkojumu, proti, </w:t>
       </w:r>
       <w:r w:rsidR="00B04898" w:rsidRPr="00B04898">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>2023.gada 12.jūlija rīkojum</w:t>
       </w:r>
       <w:r w:rsidR="007768F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00B04898" w:rsidRPr="00B04898">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. 125 </w:t>
       </w:r>
@@ -4831,51 +4857,58 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>ECLI:LV:ADAT:2025:0617.A420193523.25.S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007768F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DD2D68" w:rsidRPr="00DD2D68">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007842C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Senāts ar </w:t>
+        <w:t xml:space="preserve"> Senāts </w:t>
+      </w:r>
+      <w:r w:rsidR="007842C7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ar </w:t>
       </w:r>
       <w:r w:rsidR="007768F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">2025.gada </w:t>
       </w:r>
       <w:r w:rsidR="00861B3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="007768F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">.novembra rīcības sēdes lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="00F64540">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -4905,51 +4938,51 @@
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="007768F9" w:rsidRPr="00861B3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>ECLI:LV:AT:2025:1119.A420193523.28.L</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F64540">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007768F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir atteicies minētajā lietā ierosināt kasācijas tiesvedību, atzīstot, ka pieteicēja argumenti nerada šaubas par apgabaltiesas sprieduma tiesiskumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8F3A60" w14:textId="18490D14" w:rsidR="00A3760E" w:rsidRDefault="006E7F82" w:rsidP="002A3D9B">
+    <w:p w14:paraId="2A8F3A60" w14:textId="18490D14" w:rsidR="00A3760E" w:rsidRDefault="006E7F82" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>No apgabaltiesas sprieduma minētajā lietā, kā arī Senāta rīcības sēdes lēmuma ir konstatējams, ka pieteicēja iebildumi pret Valsts meža dienest</w:t>
       </w:r>
       <w:r w:rsidR="00F934EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>a rīkojum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">u abās lietās ir analoģiski. </w:t>
@@ -5155,51 +5188,51 @@
       <w:r w:rsidR="00F934EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>s tikai aplēs</w:t>
       </w:r>
       <w:r w:rsidR="00F934EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, bet ka jebkurā gadījumā absolūtiem skaitļiem nav izšķirošas nozīmes, kamēr populācija nav apdraudēta. Tiesa par izšķirošu uzskatīja datus par to, kādas ir populācijas tendences, un tās ir līdzīgas visos vērtētajos avotos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275D6FB4" w14:textId="7D45D18C" w:rsidR="00365095" w:rsidRDefault="00A3760E" w:rsidP="002A3D9B">
+    <w:p w14:paraId="275D6FB4" w14:textId="7D45D18C" w:rsidR="00365095" w:rsidRDefault="00A3760E" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Tālāk tiesa pievērsusies šo tendenču izvērtējuma</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> pēc būtības. Tiesa ir noskaidrojusi un salīdzinājusi, kādas tendences uzrāda Valsts meža dienesta izmantotais novērtējums, </w:t>
@@ -5438,221 +5471,221 @@
         </w:rPr>
         <w:t xml:space="preserve">tādiem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>migrāciju</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> ietekmējošiem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">faktoriem kā robežžoga izbūve uz Krievijas Federācijas un Baltkrievijas Republikas robežas. </w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">faktoriem kā robežžoga </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">arī </w:t>
+        <w:t xml:space="preserve">izbūve uz Krievijas Federācijas un Baltkrievijas Republikas robežas. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tiesa konstatēja, ka arī </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">ģenētiskās daudzveidības analīze apstiprina, ka populācija ir ģenētiski veselīga un stabila. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Visu pētījumu k</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>opsavilkum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">ā tiesa secināja, ka </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>vilku populācijas aizsardzības stāvoklis ir labvēlīgs un tendences ir stabilas, kas norāda uz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3760E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>to, ka pieļautā medību politika ir saskaņā ar sabalansētu sugas aizsardzību.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DCF626" w14:textId="100EEB16" w:rsidR="00365095" w:rsidRDefault="00A3760E" w:rsidP="002A3D9B">
+    <w:p w14:paraId="62DCF626" w14:textId="100EEB16" w:rsidR="00365095" w:rsidRDefault="00A3760E" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Kā papildu apstiprinošu avotu tiesa ņēma vērā arī Valsts meža dienesta datus par vilku skaita dinamiku, atbilstoši kuriem vilku skaits kopš 2004.gada ir pārliecinoši pieaudzis</w:t>
       </w:r>
       <w:r w:rsidR="005114E9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, un ka pieaugumu apstiprina arī Valsts mežzinātnes institūta „Silava” dati.</w:t>
       </w:r>
       <w:r w:rsidR="00365095">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">  Tāpat tiesa šos secinājumus salīdzināja ar jaunāku pētījumu – Eiropas Komisijas pasūtīto 2024.gada 24.jūnija pētījumu par lielo plēsēju izplatību un populāciju laika posmā no 2017.gada līdz 2023.gadam, ko izstrādājuši neatkarīgi eksperti – un konstatēja, ka arī tas apstiprina secinājumu, ka vilku populācija Latvijā ir stabila, sugas dabiskās izplatības areāls nav samazinājies un nav norāžu par samazināšanas iespēju, nav norāžu par apdraudējumu dzīvotnei, bet ir pamats uzskatīt, ka tā arī turpmāk būs pietiekami plaša vilku populācijas ilglaicīgai uzturēšanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C7E42F4" w14:textId="6C7886E0" w:rsidR="00365095" w:rsidRDefault="00365095" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3C7E42F4" w14:textId="6C7886E0" w:rsidR="00365095" w:rsidRDefault="00365095" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Tāpat tiesa ņēma vērā datus par medību slodzi, kas netieši liecina par populācijas labvēlīgo stāvokli un pieaugumu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F90A25D" w14:textId="78F3F035" w:rsidR="00365095" w:rsidRDefault="00365095" w:rsidP="002A3D9B">
+    <w:p w14:paraId="7F90A25D" w14:textId="78F3F035" w:rsidR="00365095" w:rsidRDefault="00365095" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Tiesa pievērsās arī pieteicēja iebildumiem, kuri pamatoti ar Valsts kontroles 2020.gada 19.jūnija ziņojumu. Tiesa secināja, ka šis ziņojums un tajā paustā kritika lielā mērā vairs nav aktuāls un ka Valsts meža dienests ir pilnveidojis datu iegūšanas un analīzes metodoloģiju, kā arī lielākā daļa ziņojumā norādīto ieteikumu jau ir tikuši ieviesti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF57A12" w14:textId="6E922A93" w:rsidR="00365095" w:rsidRDefault="00365095" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3FF57A12" w14:textId="6E922A93" w:rsidR="00365095" w:rsidRDefault="00365095" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Tiesa ir pievērsusies arī pieteicēja iebildumam par medību sezonas sākuma un beigu datumiem un</w:t>
       </w:r>
       <w:r w:rsidR="00FC3CCF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, balstoties uz datiem, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">atzinusi, ka tam nav ietekmes </w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>populācijas ilgtspēju un stabilitāti</w:t>
       </w:r>
       <w:r w:rsidR="00FC3CCF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, par ko ir strīds lietā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E8A33F9" w14:textId="711A1ACE" w:rsidR="00D721E6" w:rsidRDefault="00D721E6" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1E8A33F9" w14:textId="711A1ACE" w:rsidR="00D721E6" w:rsidRDefault="00D721E6" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Senāts konstatē, ka apgabaltiesa minētajā salīdzināmajā lietā ir pienācīgi izvērtējusi tādus pašus pieteicēja iebildumus pret Valsts meža dienesta rīkojum</w:t>
       </w:r>
       <w:r w:rsidR="00F934EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, kādus pieteicēj</w:t>
@@ -5684,118 +5717,118 @@
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">24.gada sezonā vilku nomedīšanas apjoms ticis noteikts, balstoties uz zinātniski pamatotu novērtējumu, ka </w:t>
       </w:r>
       <w:r w:rsidRPr="00D721E6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>vilku populācijas aizsardzības stāvoklis ir labvēlīgs un tendences ir stabilas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, tad jāsecina, ka iepriekšējās sezonas atļautais vilku nomedīšanas apjoms katrā ziņā nav izrādījies kaitējošs sugas populācijai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7A81C3" w14:textId="5ADBCBDD" w:rsidR="003C4939" w:rsidRDefault="003C4939" w:rsidP="002A3D9B">
+    <w:p w14:paraId="4C7A81C3" w14:textId="5ADBCBDD" w:rsidR="003C4939" w:rsidRDefault="003C4939" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Salīdzināmajā spriedumā sniegtais datu un to analīzes vērtējums turklāt nerada tādas šaubas par datiem, kas liktu atbilstoši piesardzības principam pieņemt cita satura lēmumu. Proti, piesardzības princips liek ieņemt piesardzīgu pozīciju tur, kur zinātniskie dati par kaut ko nesniedz skaidrību. Taču šajā gadījumā apgabaltiesa ir nonākusi pie secinājuma, ka dažādi pētījumi vienlīdz apstiprina, ka vilku sugas aizsardzības statuss ir labvēlīgs un medības ir pieļaujamas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D2A071" w14:textId="77777777" w:rsidR="00D721E6" w:rsidRDefault="00D721E6" w:rsidP="002A3D9B">
+    <w:p w14:paraId="67D2A071" w14:textId="77777777" w:rsidR="00D721E6" w:rsidRDefault="00D721E6" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E12265D" w14:textId="1FD18351" w:rsidR="00D721E6" w:rsidRDefault="00D721E6" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1E12265D" w14:textId="1FD18351" w:rsidR="00D721E6" w:rsidRDefault="00D721E6" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F4351E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C0298C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Ņemot vērā iepriekš minētos apsvērumus, apgabaltiesas spriedums ir atstājams negrozīts. Pieteicēja argumenti, kuros ir kompilēti dažādi ar vilku skaitu un medībām saistīti fakti un izteikti subjektīvi apgalvojumi, nesniedz pietiekamu pamatu apšaubīt apgabaltiesas izdarītos secinājumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E7EBE4" w14:textId="1DB0D454" w:rsidR="006E579E" w:rsidRDefault="006E579E" w:rsidP="002A3D9B">
+    <w:p w14:paraId="22E7EBE4" w14:textId="1DB0D454" w:rsidR="006E579E" w:rsidRDefault="006E579E" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Pieteicējs ir norādījis, ka būtu nepieciešams iesniegt pieteikumu Satversmes tiesā par virkni Latvijas tiesību normu, taču nav norādījis jebkādu juridisko pamatojumu par šo normu neatbilstību Satversmes normām</w:t>
       </w:r>
       <w:r w:rsidR="00CE610D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, tādēļ Senāts nesaskata pamatu vērsties Satversmes tiesā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pieteicējs arī lūdz vērsties ar jautājumiem Eiropas Savienības Tiesā prejudiciālā nolēmuma saņemšanai. Daļa no šiem jautājumiem </w:t>
@@ -5850,144 +5883,144 @@
         </w:rPr>
         <w:t>Eesti Suurkiskjad</w:t>
       </w:r>
       <w:r w:rsidR="00CE610D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, C-629/23, </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00CE610D" w:rsidRPr="00CE610D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           </w:rPr>
           <w:t>ECLI:EU:C:2025:429</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CE610D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>. Savukārt pārējie jautājumi būtībā atspoguļo pieteicēja iebildumus pret atsevišķiem vilku sugas labvēlīga aizsardzības statusa novērtējuma pamatā esošiem datiem vai to novērtējumu. Senāts secina, ka apgabaltiesa salīdzināmajā lietā par nākamo medību sezonu ir šos iebildumu pienācīgi izvērtējusi, tostarp to, ka Valsts meža dienesta rīkojums ir balstīts uz ziņām par lielāku vilku izplatības areālu un iespējamo robežžoga izbūves ietekmi uz dzīvotni un vilku populācijas tendencēm. Pieteicēja vispārīgie apgalvojumi un apsvērumi nerada tālākas šaubas par Dzīvotņu direktīvas nepareizu interpretāciju šajā sakarā, tādēļ lūgums par vēršanos Eiropas Savienības tiesā nav pamatots.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60454C3E" w14:textId="77777777" w:rsidR="002217EC" w:rsidRPr="002217EC" w:rsidRDefault="002217EC" w:rsidP="002A3D9B">
+    <w:p w14:paraId="60454C3E" w14:textId="77777777" w:rsidR="002217EC" w:rsidRPr="002217EC" w:rsidRDefault="002217EC" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CAD05AD" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="1CAD05AD" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="001B099E" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B099E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:t>Rezolutīvā daļa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BF8D59" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="34BF8D59" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:spacing w:val="70"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B1EED73" w14:textId="77777777" w:rsidR="00F71C24" w:rsidRDefault="00F71C24" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0B1EED73" w14:textId="77777777" w:rsidR="00F71C24" w:rsidRDefault="00F71C24" w:rsidP="00264E6A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6660"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pamatojoties uz Administratīvā procesa </w:t>
       </w:r>
       <w:r w:rsidRPr="00614A3C">
         <w:t>likuma 348.panta pirmās daļas 1.punktu un 351.pantu</w:t>
       </w:r>
       <w:r>
         <w:t>, Senāts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B7A8AD" w14:textId="77777777" w:rsidR="00985BF8" w:rsidRDefault="00985BF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="47B7A8AD" w14:textId="77777777" w:rsidR="00985BF8" w:rsidRDefault="00985BF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6660"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D9A8126" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="5D9A8126" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D57B9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:t>nosprieda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B59760F" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0B59760F" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0212DC78" w14:textId="213E7D57" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="00E1629D" w:rsidP="002A3D9B">
+    <w:p w14:paraId="0212DC78" w14:textId="213E7D57" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="00E1629D" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>atstāt negrozītu</w:t>
       </w:r>
       <w:r w:rsidR="001A1AF8" w:rsidRPr="00D57B9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Administratīvās apgabaltiesas 202</w:t>
       </w:r>
       <w:r w:rsidR="004C12D1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>4</w:t>
@@ -6013,61 +6046,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, bet </w:t>
       </w:r>
       <w:r w:rsidR="002A3D9B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">[pers. A] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>kasācijas sūdzību noraidīt</w:t>
       </w:r>
       <w:r w:rsidR="001A1AF8" w:rsidRPr="00D57B9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A091DB" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="28A091DB" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3308431F" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
+    <w:p w14:paraId="3308431F" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRPr="00D57B9C" w:rsidRDefault="001A1AF8" w:rsidP="00264E6A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D57B9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Spriedums nav pārsūdzams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F03CE75" w14:textId="77777777" w:rsidR="001A1AF8" w:rsidRDefault="001A1AF8" w:rsidP="002A3D9B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2700"/>
           <w:tab w:val="left" w:pos="6660"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
@@ -6128,51 +6161,50 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="01798C7C" w14:textId="77777777" w:rsidR="00C0275E" w:rsidRDefault="00C0275E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -6189,51 +6221,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2ADEFCFA" w14:textId="589D5316" w:rsidR="00E33F0B" w:rsidRPr="00821164" w:rsidRDefault="00E33F0B" w:rsidP="00646288">
+  <w:p w14:paraId="2ADEFCFA" w14:textId="4A8719E2" w:rsidR="00E33F0B" w:rsidRPr="00821164" w:rsidRDefault="00E33F0B" w:rsidP="00646288">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00821164">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00821164">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -6278,51 +6310,51 @@
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00821164">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00821164">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="003307BA">
+    <w:r w:rsidR="00DE2F75">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00821164">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0066A910" w14:textId="77777777" w:rsidR="00C0275E" w:rsidRDefault="00C0275E">
@@ -7083,51 +7115,51 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1428624081">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1219048498">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F36748"/>
     <w:rsid w:val="00001952"/>
     <w:rsid w:val="0000243C"/>
     <w:rsid w:val="00002A64"/>
     <w:rsid w:val="00003AF4"/>
     <w:rsid w:val="0000422B"/>
     <w:rsid w:val="00004579"/>
@@ -7756,50 +7788,51 @@
     <w:rsid w:val="00253A2D"/>
     <w:rsid w:val="00253E76"/>
     <w:rsid w:val="002542F3"/>
     <w:rsid w:val="00254457"/>
     <w:rsid w:val="00254A1B"/>
     <w:rsid w:val="00255262"/>
     <w:rsid w:val="00255628"/>
     <w:rsid w:val="00255A27"/>
     <w:rsid w:val="00255A58"/>
     <w:rsid w:val="00256E77"/>
     <w:rsid w:val="00256F41"/>
     <w:rsid w:val="0025741D"/>
     <w:rsid w:val="00257D63"/>
     <w:rsid w:val="0026012D"/>
     <w:rsid w:val="00260261"/>
     <w:rsid w:val="00260332"/>
     <w:rsid w:val="0026051E"/>
     <w:rsid w:val="00260C4D"/>
     <w:rsid w:val="0026132C"/>
     <w:rsid w:val="00261C3C"/>
     <w:rsid w:val="0026230B"/>
     <w:rsid w:val="002627ED"/>
     <w:rsid w:val="00262E21"/>
     <w:rsid w:val="00262EF2"/>
     <w:rsid w:val="002635D2"/>
+    <w:rsid w:val="00264E6A"/>
     <w:rsid w:val="00265D78"/>
     <w:rsid w:val="00265EBA"/>
     <w:rsid w:val="0026654A"/>
     <w:rsid w:val="00267246"/>
     <w:rsid w:val="0026742F"/>
     <w:rsid w:val="0026768A"/>
     <w:rsid w:val="002709F5"/>
     <w:rsid w:val="00270E6D"/>
     <w:rsid w:val="00271221"/>
     <w:rsid w:val="0027196C"/>
     <w:rsid w:val="00272B3E"/>
     <w:rsid w:val="00272F77"/>
     <w:rsid w:val="00273051"/>
     <w:rsid w:val="00273A6A"/>
     <w:rsid w:val="00273BFD"/>
     <w:rsid w:val="00274550"/>
     <w:rsid w:val="00274875"/>
     <w:rsid w:val="002749ED"/>
     <w:rsid w:val="0027598B"/>
     <w:rsid w:val="00275BA4"/>
     <w:rsid w:val="0027671E"/>
     <w:rsid w:val="002774C0"/>
     <w:rsid w:val="00277B60"/>
     <w:rsid w:val="00277CED"/>
     <w:rsid w:val="0028021C"/>
@@ -7946,50 +7979,51 @@
     <w:rsid w:val="003118E3"/>
     <w:rsid w:val="00311F36"/>
     <w:rsid w:val="00312213"/>
     <w:rsid w:val="00312679"/>
     <w:rsid w:val="00313F0F"/>
     <w:rsid w:val="00314448"/>
     <w:rsid w:val="00314767"/>
     <w:rsid w:val="00314F38"/>
     <w:rsid w:val="00315DB9"/>
     <w:rsid w:val="0031650E"/>
     <w:rsid w:val="00316577"/>
     <w:rsid w:val="00316921"/>
     <w:rsid w:val="003169DB"/>
     <w:rsid w:val="00317291"/>
     <w:rsid w:val="00317C18"/>
     <w:rsid w:val="003200DF"/>
     <w:rsid w:val="00320214"/>
     <w:rsid w:val="0032091E"/>
     <w:rsid w:val="0032187F"/>
     <w:rsid w:val="0032285A"/>
     <w:rsid w:val="003231F6"/>
     <w:rsid w:val="00323251"/>
     <w:rsid w:val="003237A9"/>
     <w:rsid w:val="00324166"/>
     <w:rsid w:val="00324BB8"/>
+    <w:rsid w:val="00325D3D"/>
     <w:rsid w:val="00326727"/>
     <w:rsid w:val="00327F1D"/>
     <w:rsid w:val="003307BA"/>
     <w:rsid w:val="003308B6"/>
     <w:rsid w:val="0033091D"/>
     <w:rsid w:val="00330A78"/>
     <w:rsid w:val="003314E5"/>
     <w:rsid w:val="00331A3E"/>
     <w:rsid w:val="00331AEE"/>
     <w:rsid w:val="00332074"/>
     <w:rsid w:val="00333F55"/>
     <w:rsid w:val="003349E9"/>
     <w:rsid w:val="003360D5"/>
     <w:rsid w:val="00336463"/>
     <w:rsid w:val="00336A1C"/>
     <w:rsid w:val="00336D59"/>
     <w:rsid w:val="00336DB3"/>
     <w:rsid w:val="0033729C"/>
     <w:rsid w:val="00337FA2"/>
     <w:rsid w:val="003405EB"/>
     <w:rsid w:val="003417CC"/>
     <w:rsid w:val="00341AE7"/>
     <w:rsid w:val="0034214B"/>
     <w:rsid w:val="0034265C"/>
     <w:rsid w:val="00342DA9"/>
@@ -10610,50 +10644,51 @@
     <w:rsid w:val="00DC6717"/>
     <w:rsid w:val="00DC6F62"/>
     <w:rsid w:val="00DD015A"/>
     <w:rsid w:val="00DD08E6"/>
     <w:rsid w:val="00DD1321"/>
     <w:rsid w:val="00DD19C2"/>
     <w:rsid w:val="00DD2D68"/>
     <w:rsid w:val="00DD2F79"/>
     <w:rsid w:val="00DD30F2"/>
     <w:rsid w:val="00DD351F"/>
     <w:rsid w:val="00DD3E67"/>
     <w:rsid w:val="00DD3FCC"/>
     <w:rsid w:val="00DD44C6"/>
     <w:rsid w:val="00DD45AD"/>
     <w:rsid w:val="00DD4AF7"/>
     <w:rsid w:val="00DD4FCE"/>
     <w:rsid w:val="00DD55D2"/>
     <w:rsid w:val="00DD59AC"/>
     <w:rsid w:val="00DD6326"/>
     <w:rsid w:val="00DD6D64"/>
     <w:rsid w:val="00DE0BD4"/>
     <w:rsid w:val="00DE0E1F"/>
     <w:rsid w:val="00DE0E76"/>
     <w:rsid w:val="00DE1154"/>
     <w:rsid w:val="00DE228E"/>
+    <w:rsid w:val="00DE2F75"/>
     <w:rsid w:val="00DE38F7"/>
     <w:rsid w:val="00DE3CDA"/>
     <w:rsid w:val="00DE42D7"/>
     <w:rsid w:val="00DE56E9"/>
     <w:rsid w:val="00DE62F5"/>
     <w:rsid w:val="00DE6349"/>
     <w:rsid w:val="00DE6D83"/>
     <w:rsid w:val="00DE6F77"/>
     <w:rsid w:val="00DE7CE2"/>
     <w:rsid w:val="00DF03BB"/>
     <w:rsid w:val="00DF0B95"/>
     <w:rsid w:val="00DF1018"/>
     <w:rsid w:val="00DF1F34"/>
     <w:rsid w:val="00DF1F71"/>
     <w:rsid w:val="00DF21CF"/>
     <w:rsid w:val="00DF2D67"/>
     <w:rsid w:val="00DF363C"/>
     <w:rsid w:val="00DF3A96"/>
     <w:rsid w:val="00DF4871"/>
     <w:rsid w:val="00DF4FFE"/>
     <w:rsid w:val="00DF527E"/>
     <w:rsid w:val="00DF5B7C"/>
     <w:rsid w:val="00DF5C8C"/>
     <w:rsid w:val="00DF5CE2"/>
     <w:rsid w:val="00DF5D9E"/>
@@ -11195,51 +11230,51 @@
     <w:rsid w:val="00FF3070"/>
     <w:rsid w:val="00FF3113"/>
     <w:rsid w:val="00FF315C"/>
     <w:rsid w:val="00FF40B5"/>
     <w:rsid w:val="00FF6561"/>
     <w:rsid w:val="00FF666D"/>
     <w:rsid w:val="00FF7996"/>
     <w:rsid w:val="00FF7D39"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="28405895"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -12904,66 +12939,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A1241F7-D0CA-436D-A7D3-6147FD40AFBC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AF42348-E9A0-4E86-8F20-FAF4B89BD886}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>20924</Words>
-  <Characters>11927</Characters>
+  <Words>21010</Words>
+  <Characters>11977</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>99</Lines>
   <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32786</CharactersWithSpaces>
+  <CharactersWithSpaces>32922</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>