--- v0 (2025-12-18)
+++ v1 (2026-01-07)
@@ -342,57 +342,51 @@
       <w:r w:rsidR="001B546D">
         <w:t>pieteikumu par Garkalnes novada domes 2021.gada 22.marta lēmuma Nr.</w:t>
       </w:r>
       <w:r w:rsidR="009A7C02">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001B546D">
         <w:t>3 atcelšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="0082381C">
         <w:t>, s</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0082381C">
         <w:t xml:space="preserve">karā ar </w:t>
       </w:r>
       <w:r w:rsidR="001B546D">
         <w:t xml:space="preserve">Ropažu novada pašvaldības </w:t>
       </w:r>
       <w:r w:rsidR="00983DEC">
         <w:t xml:space="preserve">un trešās personas </w:t>
       </w:r>
       <w:r w:rsidR="00452073">
-        <w:t>[pers. </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">[pers. B] </w:t>
       </w:r>
       <w:r w:rsidRPr="00983DEC">
         <w:t>kasācijas sūdzīb</w:t>
       </w:r>
       <w:r w:rsidR="00983DEC" w:rsidRPr="00983DEC">
         <w:t>ām</w:t>
       </w:r>
       <w:r w:rsidRPr="0082381C">
         <w:t xml:space="preserve"> par </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Administratīvās </w:t>
       </w:r>
       <w:r w:rsidR="001B546D">
         <w:t>apgabaltiesas 2023.gada 12.janvāra</w:t>
       </w:r>
       <w:r w:rsidRPr="0082381C">
         <w:t xml:space="preserve"> spriedumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73BBBC80" w14:textId="77777777" w:rsidR="00411CD0" w:rsidRDefault="00411CD0" w:rsidP="006C0F68">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
@@ -402,51 +396,51 @@
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00011547">
         <w:rPr>
           <w:b/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Aprakstošā daļa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="784C83A8" w14:textId="77777777" w:rsidR="00411CD0" w:rsidRPr="00011547" w:rsidRDefault="00411CD0" w:rsidP="006C0F68">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00A480FB" w14:textId="53890400" w:rsidR="00885014" w:rsidRDefault="00447EE6" w:rsidP="006C0F68">
+    <w:p w14:paraId="00A480FB" w14:textId="4751C6BD" w:rsidR="00885014" w:rsidRDefault="00447EE6" w:rsidP="006C0F68">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B66CF3">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>[1]</w:t>
       </w:r>
       <w:r w:rsidR="000A65CA">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="000851D8">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -464,70 +458,76 @@
       </w:r>
       <w:r w:rsidR="009A7C02">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ir vien</w:t>
       </w:r>
       <w:r w:rsidR="009F47C2">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="009A7C02">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> no zivju audzēšanas dīķa</w:t>
       </w:r>
       <w:r w:rsidR="00452073">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Adrese A]</w:t>
       </w:r>
+      <w:r w:rsidR="00956161">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īpašniekiem</w:t>
+      </w:r>
       <w:r w:rsidR="009A7C02">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00956161">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00885014">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Trešajai personai </w:t>
       </w:r>
       <w:r w:rsidR="00452073">
-        <w:t>[pers. </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">[pers. B] </w:t>
       </w:r>
       <w:r w:rsidR="00885014">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>pieder nekustamai īpašums</w:t>
       </w:r>
       <w:r w:rsidR="006C0F68">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Adrese B]</w:t>
       </w:r>
       <w:r w:rsidR="00885014">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, kas robežojas ar </w:t>
       </w:r>
       <w:r w:rsidR="002837D3">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>šo</w:t>
       </w:r>
@@ -3482,57 +3482,51 @@
         <w:t>apgabaltiesai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48EE94A3" w14:textId="61276959" w:rsidR="00BF21E2" w:rsidRDefault="007F57CA" w:rsidP="006C0F68">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00BF21E2">
         <w:t xml:space="preserve">tmaksāt </w:t>
       </w:r>
       <w:r w:rsidR="00BC34BE">
         <w:t>Ropažu novada pašvaldībai</w:t>
       </w:r>
       <w:r w:rsidR="00BF21E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC34BE">
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00452073">
-        <w:t>[pers. </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">[pers. B] </w:t>
       </w:r>
       <w:r w:rsidR="00BC34BE">
         <w:t xml:space="preserve">katram </w:t>
       </w:r>
       <w:r w:rsidR="00BF21E2">
         <w:t>drošības naudu 70 </w:t>
       </w:r>
       <w:r w:rsidR="00BF21E2" w:rsidRPr="00CD401A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="00BF21E2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C91A6B" w14:textId="77777777" w:rsidR="007F57CA" w:rsidRPr="0082381C" w:rsidRDefault="007F57CA" w:rsidP="006C0F68">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55072F3F" w14:textId="77777777" w:rsidR="00BF21E2" w:rsidRDefault="00BF21E2" w:rsidP="006C0F68">
@@ -3647,84 +3641,83 @@
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="51C86D58" w14:textId="77777777" w:rsidR="007A683C" w:rsidRDefault="007A683C" w:rsidP="009F7ACE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5146C275" w14:textId="77777777" w:rsidR="007A683C" w:rsidRDefault="007A683C" w:rsidP="009F7ACE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5118EBE9" w14:textId="67639359" w:rsidR="009F7ACE" w:rsidRPr="009F7ACE" w:rsidRDefault="009F7ACE" w:rsidP="009F7ACE">
+  <w:p w14:paraId="5118EBE9" w14:textId="1C7ED2A2" w:rsidR="009F7ACE" w:rsidRPr="009F7ACE" w:rsidRDefault="009F7ACE" w:rsidP="009F7ACE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
@@ -3764,51 +3757,51 @@
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="006C0F68">
+    <w:r w:rsidR="00956161">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1217206D" w14:textId="77777777" w:rsidR="007A683C" w:rsidRDefault="007A683C" w:rsidP="009F7ACE">
@@ -4008,55 +4001,54 @@
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2058384056">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1355616488">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="lv-LV" w:vendorID="71" w:dllVersion="512" w:checkStyle="1"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -4245,50 +4237,51 @@
     <w:rsid w:val="00684669"/>
     <w:rsid w:val="006919F6"/>
     <w:rsid w:val="00692BC0"/>
     <w:rsid w:val="006958FD"/>
     <w:rsid w:val="00696FB6"/>
     <w:rsid w:val="00697C76"/>
     <w:rsid w:val="006A2620"/>
     <w:rsid w:val="006A6BD0"/>
     <w:rsid w:val="006A7733"/>
     <w:rsid w:val="006B161A"/>
     <w:rsid w:val="006B7E9C"/>
     <w:rsid w:val="006C0F68"/>
     <w:rsid w:val="006C1C31"/>
     <w:rsid w:val="006C6F2D"/>
     <w:rsid w:val="006D0101"/>
     <w:rsid w:val="006D74F3"/>
     <w:rsid w:val="006E28A4"/>
     <w:rsid w:val="006F200E"/>
     <w:rsid w:val="007001DA"/>
     <w:rsid w:val="00710B07"/>
     <w:rsid w:val="00712674"/>
     <w:rsid w:val="0072090E"/>
     <w:rsid w:val="00721DCD"/>
     <w:rsid w:val="007223A7"/>
     <w:rsid w:val="00726418"/>
+    <w:rsid w:val="007272AA"/>
     <w:rsid w:val="00750F28"/>
     <w:rsid w:val="00751823"/>
     <w:rsid w:val="00752515"/>
     <w:rsid w:val="00772739"/>
     <w:rsid w:val="007738D8"/>
     <w:rsid w:val="00774754"/>
     <w:rsid w:val="00777F08"/>
     <w:rsid w:val="00780B67"/>
     <w:rsid w:val="007834E1"/>
     <w:rsid w:val="00785C86"/>
     <w:rsid w:val="00790D68"/>
     <w:rsid w:val="00794A3B"/>
     <w:rsid w:val="007A5410"/>
     <w:rsid w:val="007A683C"/>
     <w:rsid w:val="007B0797"/>
     <w:rsid w:val="007B276B"/>
     <w:rsid w:val="007B5862"/>
     <w:rsid w:val="007B6356"/>
     <w:rsid w:val="007B7E26"/>
     <w:rsid w:val="007C02F9"/>
     <w:rsid w:val="007C32C8"/>
     <w:rsid w:val="007D5756"/>
     <w:rsid w:val="007D7E07"/>
     <w:rsid w:val="007F0ECC"/>
     <w:rsid w:val="007F301D"/>
@@ -4305,50 +4298,51 @@
     <w:rsid w:val="0088378F"/>
     <w:rsid w:val="00885014"/>
     <w:rsid w:val="00890BEB"/>
     <w:rsid w:val="008937A0"/>
     <w:rsid w:val="008B114C"/>
     <w:rsid w:val="008B50FF"/>
     <w:rsid w:val="008D6F67"/>
     <w:rsid w:val="008E0268"/>
     <w:rsid w:val="008E184B"/>
     <w:rsid w:val="008E33E9"/>
     <w:rsid w:val="008E37B1"/>
     <w:rsid w:val="008F0317"/>
     <w:rsid w:val="008F3242"/>
     <w:rsid w:val="00900FCF"/>
     <w:rsid w:val="0090457C"/>
     <w:rsid w:val="00914165"/>
     <w:rsid w:val="00920A2D"/>
     <w:rsid w:val="00926CAF"/>
     <w:rsid w:val="009371AD"/>
     <w:rsid w:val="00943A9E"/>
     <w:rsid w:val="0094537F"/>
     <w:rsid w:val="00946591"/>
     <w:rsid w:val="00946F3B"/>
     <w:rsid w:val="00953A5F"/>
     <w:rsid w:val="00954FA8"/>
+    <w:rsid w:val="00956161"/>
     <w:rsid w:val="00970BB0"/>
     <w:rsid w:val="009713C2"/>
     <w:rsid w:val="00974B49"/>
     <w:rsid w:val="00983DEC"/>
     <w:rsid w:val="009A4582"/>
     <w:rsid w:val="009A4AD5"/>
     <w:rsid w:val="009A7C02"/>
     <w:rsid w:val="009B254A"/>
     <w:rsid w:val="009B5A89"/>
     <w:rsid w:val="009E6553"/>
     <w:rsid w:val="009F4053"/>
     <w:rsid w:val="009F47C2"/>
     <w:rsid w:val="009F6642"/>
     <w:rsid w:val="009F71B8"/>
     <w:rsid w:val="009F7ACE"/>
     <w:rsid w:val="00A11873"/>
     <w:rsid w:val="00A12DA0"/>
     <w:rsid w:val="00A22AA9"/>
     <w:rsid w:val="00A31E49"/>
     <w:rsid w:val="00A3769F"/>
     <w:rsid w:val="00A470A8"/>
     <w:rsid w:val="00A55F5C"/>
     <w:rsid w:val="00A6497B"/>
     <w:rsid w:val="00A91CD9"/>
     <w:rsid w:val="00AA5D65"/>
@@ -5491,69 +5485,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>18717</Words>
-  <Characters>10669</Characters>
+  <Words>18724</Words>
+  <Characters>10674</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>88</Lines>
   <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29328</CharactersWithSpaces>
+  <CharactersWithSpaces>29340</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>