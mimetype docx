--- v0 (2025-10-09)
+++ v1 (2025-11-03)
@@ -1,84 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7DC89C0F" w14:textId="77777777" w:rsidR="00BB2812" w:rsidRPr="00B7434F" w:rsidRDefault="00BB2812" w:rsidP="00BB2812">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk37843607"/>
       <w:r w:rsidRPr="00B7434F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Strīdu par nodarbinātības attiecību izbeigšanu ar zinātnisko asistentu pakļautība </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44EC0992" w14:textId="4BB97FBB" w:rsidR="00447736" w:rsidRPr="00BB2812" w:rsidRDefault="00BB2812" w:rsidP="00BB2812">
+    <w:p w14:paraId="44EC0992" w14:textId="25343858" w:rsidR="00447736" w:rsidRPr="00BB2812" w:rsidRDefault="00BB2812" w:rsidP="00C13197">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B7434F">
         <w:t xml:space="preserve">Nodarbinātības attiecības ar zinātnisko asistentu tiek nodibinātas uz darba līguma pamata un, lai arī likums paredz īpašu zinātniskā asistenta ievēlēšanas kārtību, darba tiesisko attiecību izbeigšanas iemesli ir darba tiesisko attiecību (privāttiesisku attiecību) jautājums. Tāpēc strīdi par tām risināmi civilprocesuālā kārtībā. </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>ORAKSTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E37F70A" w14:textId="67BE983B" w:rsidR="00447736" w:rsidRPr="008F6FF8" w:rsidRDefault="00447736" w:rsidP="00BB2812">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="340CFBAC" w14:textId="7CF63433" w:rsidR="00447736" w:rsidRPr="00BB2812" w:rsidRDefault="00447736" w:rsidP="00BB2812">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2812">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Latvijas Republikas Senāt</w:t>
       </w:r>
       <w:r w:rsidR="00BB2812" w:rsidRPr="00BB2812">
         <w:rPr>
@@ -108,77 +101,70 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2812">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>RĪCĪBAS SĒDES LĒMUMS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6083EBE1" w14:textId="3D56601D" w:rsidR="00BB2812" w:rsidRPr="00BB2812" w:rsidRDefault="00BB2812" w:rsidP="00BB2812">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2812">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Lieta </w:t>
-[...6 lines deleted...]
-        <w:t>Nr. 670004025, SKA</w:t>
+        <w:t>Lieta Nr. 670004025, SKA</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2812">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>603/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="356013C1" w14:textId="733162AA" w:rsidR="00EF36FB" w:rsidRPr="00BB2812" w:rsidRDefault="00BB2812" w:rsidP="00BB2812">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00BB2812">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ECLI:LV:AT:2025:0709.SKA060325.3.L</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6AE04CCE" w14:textId="77777777" w:rsidR="004F5AC2" w:rsidRPr="008F28DA" w:rsidRDefault="004F5AC2" w:rsidP="00BB2812">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48E3BBAA" w14:textId="4CB43844" w:rsidR="00280246" w:rsidRDefault="00D91841" w:rsidP="00BB2812">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>[</w:t>
@@ -532,51 +518,51 @@
       </w:r>
       <w:r w:rsidR="00A71A02">
         <w:t xml:space="preserve"> un, lai arī likums paredz īpašu zinātniskā asistenta ievēlēšanas kārtību, darba tiesisko attiecību izbeigšanas iemesli ir darba tiesisko attiecību (privāttiesisku attiecību) jautājums. Tāpēc</w:t>
       </w:r>
       <w:r w:rsidRPr="008C514D">
         <w:t xml:space="preserve"> strīdi par tām nav skatāmi administratīvā procesa kārtībā, bet ir risināmi civilprocesuālā kārtībā</w:t>
       </w:r>
       <w:r w:rsidR="00A71A02">
         <w:t xml:space="preserve">. Šajā sakarā tiesnesis pamatoti atsaucās uz Senāta </w:t>
       </w:r>
       <w:r w:rsidRPr="008C514D">
         <w:t>2023.gada 9.oktobra rīcības sēdes lēmum</w:t>
       </w:r>
       <w:r w:rsidR="00A71A02">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="008C514D">
         <w:t xml:space="preserve"> lietā Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00A71A02">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C514D">
         <w:t xml:space="preserve">SKA-931/2023, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00A71A02" w:rsidRPr="00326D6B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ECLI:LV:AT:2023:1009.SKA093123.3.L</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A71A02">
         <w:t xml:space="preserve">, jo šajā lēmumā </w:t>
       </w:r>
       <w:r w:rsidR="008444F0">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">izskaidrotais </w:t>
       </w:r>
       <w:r w:rsidR="00A71A02">
         <w:t>Augstskolu likuma regulējums ir līdzīgs Zinātniskās darbības likuma regulējumam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F79DDEA" w14:textId="77777777" w:rsidR="00EE0F30" w:rsidRDefault="00EE0F30" w:rsidP="00BB2812">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -999,83 +985,82 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D351BC">
         <w:t>Konošonoka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="651BFD6D" w14:textId="09293F12" w:rsidR="00447736" w:rsidRPr="00011F86" w:rsidRDefault="00447736" w:rsidP="00C0721E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00011F86">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
         <w:t>RAKSTS PAREIZS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00447736" w:rsidRPr="00011F86" w:rsidSect="005423BA">
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="284" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="50743FC0" w14:textId="77777777" w:rsidR="004655E3" w:rsidRDefault="004655E3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="25C72AFA" w14:textId="77777777" w:rsidR="004655E3" w:rsidRDefault="004655E3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 3">
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1085,51 +1070,51 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3AA6EB38" w14:textId="048A8D74" w:rsidR="00522C83" w:rsidRPr="008B608D" w:rsidRDefault="00522C83" w:rsidP="005423BA">
+  <w:p w14:paraId="3AA6EB38" w14:textId="1011CE09" w:rsidR="00522C83" w:rsidRPr="008B608D" w:rsidRDefault="00522C83" w:rsidP="005423BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008B608D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008B608D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -1174,51 +1159,51 @@
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008B608D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> SECTIONPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008B608D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FF25FF">
+    <w:r w:rsidR="00176846">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="008B608D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="306D073A" w14:textId="77777777" w:rsidR="004655E3" w:rsidRDefault="004655E3">
@@ -1983,58 +1968,58 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="853111415">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="758677226">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="384067094">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1960911114">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="128938813">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1289243745">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00447736"/>
     <w:rsid w:val="000003A8"/>
     <w:rsid w:val="000005AC"/>
     <w:rsid w:val="00001538"/>
     <w:rsid w:val="00001FC9"/>
     <w:rsid w:val="000020B3"/>
     <w:rsid w:val="000047E8"/>
@@ -2348,50 +2333,51 @@
     <w:rsid w:val="0016077F"/>
     <w:rsid w:val="00162583"/>
     <w:rsid w:val="001627D1"/>
     <w:rsid w:val="00163037"/>
     <w:rsid w:val="00163661"/>
     <w:rsid w:val="00163E6E"/>
     <w:rsid w:val="001644F9"/>
     <w:rsid w:val="0016493C"/>
     <w:rsid w:val="00164ED7"/>
     <w:rsid w:val="00165ABC"/>
     <w:rsid w:val="001671B7"/>
     <w:rsid w:val="00167C57"/>
     <w:rsid w:val="00170022"/>
     <w:rsid w:val="001706BC"/>
     <w:rsid w:val="00170AD8"/>
     <w:rsid w:val="00170D2F"/>
     <w:rsid w:val="00171304"/>
     <w:rsid w:val="0017225C"/>
     <w:rsid w:val="001722FA"/>
     <w:rsid w:val="00172DB0"/>
     <w:rsid w:val="00173441"/>
     <w:rsid w:val="00173EC3"/>
     <w:rsid w:val="00173F14"/>
     <w:rsid w:val="00175DD7"/>
     <w:rsid w:val="00176556"/>
+    <w:rsid w:val="00176846"/>
     <w:rsid w:val="0017699F"/>
     <w:rsid w:val="00176C1B"/>
     <w:rsid w:val="001772BB"/>
     <w:rsid w:val="001775E5"/>
     <w:rsid w:val="00181859"/>
     <w:rsid w:val="00181957"/>
     <w:rsid w:val="00181F68"/>
     <w:rsid w:val="0018270E"/>
     <w:rsid w:val="001828C7"/>
     <w:rsid w:val="00182C74"/>
     <w:rsid w:val="00183DEF"/>
     <w:rsid w:val="00183E02"/>
     <w:rsid w:val="00184311"/>
     <w:rsid w:val="001849E8"/>
     <w:rsid w:val="00185442"/>
     <w:rsid w:val="00185EC1"/>
     <w:rsid w:val="00185FC0"/>
     <w:rsid w:val="00186895"/>
     <w:rsid w:val="00186E1C"/>
     <w:rsid w:val="00187DF7"/>
     <w:rsid w:val="00187E56"/>
     <w:rsid w:val="001900C0"/>
     <w:rsid w:val="00190C32"/>
     <w:rsid w:val="0019109D"/>
     <w:rsid w:val="001914F2"/>
@@ -2425,50 +2411,51 @@
     <w:rsid w:val="001B2A18"/>
     <w:rsid w:val="001B2E76"/>
     <w:rsid w:val="001B3737"/>
     <w:rsid w:val="001B3C92"/>
     <w:rsid w:val="001B4581"/>
     <w:rsid w:val="001B48EC"/>
     <w:rsid w:val="001B4B0C"/>
     <w:rsid w:val="001B4C08"/>
     <w:rsid w:val="001B4C25"/>
     <w:rsid w:val="001B520F"/>
     <w:rsid w:val="001B57A5"/>
     <w:rsid w:val="001B588B"/>
     <w:rsid w:val="001B6E38"/>
     <w:rsid w:val="001B7F30"/>
     <w:rsid w:val="001C0D5C"/>
     <w:rsid w:val="001C1338"/>
     <w:rsid w:val="001C13CE"/>
     <w:rsid w:val="001C1454"/>
     <w:rsid w:val="001C1677"/>
     <w:rsid w:val="001C1693"/>
     <w:rsid w:val="001C29EC"/>
     <w:rsid w:val="001C34FF"/>
     <w:rsid w:val="001C7A71"/>
     <w:rsid w:val="001C7ABE"/>
     <w:rsid w:val="001D134F"/>
+    <w:rsid w:val="001D210A"/>
     <w:rsid w:val="001D2607"/>
     <w:rsid w:val="001D2866"/>
     <w:rsid w:val="001D2F7A"/>
     <w:rsid w:val="001D4B72"/>
     <w:rsid w:val="001D5048"/>
     <w:rsid w:val="001D5E10"/>
     <w:rsid w:val="001D5EA2"/>
     <w:rsid w:val="001D613D"/>
     <w:rsid w:val="001D708D"/>
     <w:rsid w:val="001E12B5"/>
     <w:rsid w:val="001E1CC3"/>
     <w:rsid w:val="001E22F4"/>
     <w:rsid w:val="001E2AC9"/>
     <w:rsid w:val="001E500B"/>
     <w:rsid w:val="001F10FA"/>
     <w:rsid w:val="001F149A"/>
     <w:rsid w:val="001F160C"/>
     <w:rsid w:val="001F1C38"/>
     <w:rsid w:val="001F25D7"/>
     <w:rsid w:val="001F274B"/>
     <w:rsid w:val="001F3A90"/>
     <w:rsid w:val="001F4249"/>
     <w:rsid w:val="001F4987"/>
     <w:rsid w:val="001F4DCC"/>
     <w:rsid w:val="001F4F43"/>
@@ -3613,50 +3600,51 @@
     <w:rsid w:val="006F77B1"/>
     <w:rsid w:val="00700B04"/>
     <w:rsid w:val="00700EBF"/>
     <w:rsid w:val="00701028"/>
     <w:rsid w:val="00702721"/>
     <w:rsid w:val="00702E24"/>
     <w:rsid w:val="0070348A"/>
     <w:rsid w:val="007037D0"/>
     <w:rsid w:val="00703D28"/>
     <w:rsid w:val="00703E7A"/>
     <w:rsid w:val="00704066"/>
     <w:rsid w:val="007049FC"/>
     <w:rsid w:val="007051C2"/>
     <w:rsid w:val="007056B1"/>
     <w:rsid w:val="007065A0"/>
     <w:rsid w:val="007067A4"/>
     <w:rsid w:val="00706924"/>
     <w:rsid w:val="0070736A"/>
     <w:rsid w:val="00713254"/>
     <w:rsid w:val="007148EF"/>
     <w:rsid w:val="0071520A"/>
     <w:rsid w:val="007168F9"/>
     <w:rsid w:val="00716C6F"/>
     <w:rsid w:val="00716DC7"/>
     <w:rsid w:val="00716F1E"/>
+    <w:rsid w:val="00717005"/>
     <w:rsid w:val="007173E6"/>
     <w:rsid w:val="007177AD"/>
     <w:rsid w:val="00720487"/>
     <w:rsid w:val="00720712"/>
     <w:rsid w:val="007226F5"/>
     <w:rsid w:val="00723A12"/>
     <w:rsid w:val="0072497E"/>
     <w:rsid w:val="0072566B"/>
     <w:rsid w:val="00725BD3"/>
     <w:rsid w:val="00725DA9"/>
     <w:rsid w:val="00727452"/>
     <w:rsid w:val="0073008E"/>
     <w:rsid w:val="00730B73"/>
     <w:rsid w:val="0073153B"/>
     <w:rsid w:val="0073192C"/>
     <w:rsid w:val="00731B27"/>
     <w:rsid w:val="00732EB0"/>
     <w:rsid w:val="00734C78"/>
     <w:rsid w:val="00735118"/>
     <w:rsid w:val="007359CF"/>
     <w:rsid w:val="00737DBE"/>
     <w:rsid w:val="00741040"/>
     <w:rsid w:val="0074165A"/>
     <w:rsid w:val="007418DE"/>
     <w:rsid w:val="00741E71"/>
@@ -4742,50 +4730,51 @@
     <w:rsid w:val="00BF5A87"/>
     <w:rsid w:val="00BF7B7A"/>
     <w:rsid w:val="00BF7F4D"/>
     <w:rsid w:val="00BF7F4F"/>
     <w:rsid w:val="00BF7F6F"/>
     <w:rsid w:val="00C0090F"/>
     <w:rsid w:val="00C00D15"/>
     <w:rsid w:val="00C021B8"/>
     <w:rsid w:val="00C034C2"/>
     <w:rsid w:val="00C03533"/>
     <w:rsid w:val="00C03A12"/>
     <w:rsid w:val="00C03A3D"/>
     <w:rsid w:val="00C03BA6"/>
     <w:rsid w:val="00C03E61"/>
     <w:rsid w:val="00C0476C"/>
     <w:rsid w:val="00C05257"/>
     <w:rsid w:val="00C05671"/>
     <w:rsid w:val="00C05E97"/>
     <w:rsid w:val="00C06D4E"/>
     <w:rsid w:val="00C0721E"/>
     <w:rsid w:val="00C07DB4"/>
     <w:rsid w:val="00C102C6"/>
     <w:rsid w:val="00C11339"/>
     <w:rsid w:val="00C127B4"/>
     <w:rsid w:val="00C12C56"/>
+    <w:rsid w:val="00C13197"/>
     <w:rsid w:val="00C13906"/>
     <w:rsid w:val="00C13CE6"/>
     <w:rsid w:val="00C140E5"/>
     <w:rsid w:val="00C15F2B"/>
     <w:rsid w:val="00C15F62"/>
     <w:rsid w:val="00C16347"/>
     <w:rsid w:val="00C16584"/>
     <w:rsid w:val="00C1696B"/>
     <w:rsid w:val="00C17301"/>
     <w:rsid w:val="00C173ED"/>
     <w:rsid w:val="00C21C49"/>
     <w:rsid w:val="00C223E7"/>
     <w:rsid w:val="00C235C6"/>
     <w:rsid w:val="00C235E4"/>
     <w:rsid w:val="00C2568E"/>
     <w:rsid w:val="00C30F23"/>
     <w:rsid w:val="00C31859"/>
     <w:rsid w:val="00C31BED"/>
     <w:rsid w:val="00C3251B"/>
     <w:rsid w:val="00C32FFC"/>
     <w:rsid w:val="00C334C7"/>
     <w:rsid w:val="00C334D4"/>
     <w:rsid w:val="00C3400F"/>
     <w:rsid w:val="00C3441C"/>
     <w:rsid w:val="00C346A0"/>
@@ -5635,51 +5624,51 @@
     <w:rsid w:val="00FF4685"/>
     <w:rsid w:val="00FF4946"/>
     <w:rsid w:val="00FF4C23"/>
     <w:rsid w:val="00FF4F9C"/>
     <w:rsid w:val="00FF514C"/>
     <w:rsid w:val="00FF51A2"/>
     <w:rsid w:val="00FF6475"/>
     <w:rsid w:val="00FF6552"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="19FA31CA"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -7353,51 +7342,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2116975867">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/e3d9f7da-dfac-4262-8fd0-c35380403a83" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manas.tiesas.lv/eTiesasMvc/eclinolemumi/ECLI:LV:AT:2023:1009.SKA093123.3.L" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manas.tiesas.lv/eTiesasMvc/eclinolemumi/ECLI:LV:AT:2023:1009.SKA093123.3.L" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/e3d9f7da-dfac-4262-8fd0-c35380403a83" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7651,75 +7640,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3145</Words>
-  <Characters>1793</Characters>
+  <Words>3140</Words>
+  <Characters>1791</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4929</CharactersWithSpaces>
+  <CharactersWithSpaces>4922</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>