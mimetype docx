--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -3,18755 +3,3734 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="13F4D19C" w14:textId="7DE4CD8E" w:rsidR="00517F04" w:rsidRPr="006D5C4C" w:rsidRDefault="006D5C4C" w:rsidP="006D5C4C">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="6D913899" w14:textId="737B9C0A" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="00FA7739" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lietas izskatīšana slēgtā tiesas sēdē kā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izņēmums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EAF4B3" w14:textId="77777777" w:rsidR="00FA7739" w:rsidRPr="00FA7739" w:rsidRDefault="00FA7739" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietas izskatīšana slēgtā tiesas sēdē ir uzskatāma par izņēmumu, proti, ir nepieciešams pamatojums, kas attaisnotu atkāpšanos no civillietu izskatīšanas atklātuma. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65BA4699" w14:textId="77777777" w:rsidR="00FA7739" w:rsidRPr="00FA7739" w:rsidRDefault="00FA7739" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lai tiesas sēdi pasludinātu par slēgtu pēc lietas dalībnieka lūguma, šāds lūgums piesakāms katrā tiesu instancē (un atkarībā no lietas apstākļiem – katrā tiesas sēdē) atsevišķi, norādot atbilstošu pamatojumu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3633580A" w14:textId="77777777" w:rsidR="00FA7739" w:rsidRPr="00FA7739" w:rsidRDefault="00FA7739" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tiesai, atzīstot nepieciešamību pēc kādu interešu aizsardzības, ir jāierobežo civillietu izskatīšanas atklātuma princips pēc iespējas mazākā mērā, proti, jāapsver iespēja pasludināt tiesas sēdes daļu un nevis visu tiesas sēdi par slēgtu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F62B50" w14:textId="77777777" w:rsidR="008A3D89" w:rsidRPr="00FA7739" w:rsidRDefault="008A3D89" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77353440" w14:textId="53BD729C" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="00D23670" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Latvijas Republikas Senāt</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05632985" w14:textId="52AE8F8D" w:rsidR="008A3D89" w:rsidRPr="00FA7739" w:rsidRDefault="008A3D89" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Civillietu departamenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE306A0" w14:textId="2677E7FF" w:rsidR="008A3D89" w:rsidRPr="00FA7739" w:rsidRDefault="008A3D89" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...101 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025. gada 28. novembra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F226007" w14:textId="0A3A62F2" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="00F85978" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RĪCĪBAS SĒDES </w:t>
+      </w:r>
+      <w:r w:rsidR="00426797" w:rsidRPr="00FA7739">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LĒMUMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidDel="000D5B2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D164C12" w14:textId="77777777" w:rsidR="008A3D89" w:rsidRPr="00FA7739" w:rsidRDefault="008A3D89" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D5C4C">
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...86 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Lieta Nr. C21048117, SKC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...143 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>131/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8599E5" w14:textId="0984C701" w:rsidR="00517F04" w:rsidRPr="006D5C4C" w:rsidRDefault="000847B0" w:rsidP="006D5C4C">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="74CAD238" w14:textId="149A0892" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="00EB578C" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-        </w:rPr>
-[...9477 lines deleted...]
-      </w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="006D5C4C">
+        <w:r w:rsidRPr="00FA7739">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-            <w:bCs/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="lv-LV"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>ECLI:LV:AT:2024:0214.C73603520.20.S</w:t>
+          <w:t>ECLI:LV:AT:2025:1128.C21048117.47.L</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006D5C4C">
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w14:paraId="376757B3" w14:textId="77777777" w:rsidR="00594CB1" w:rsidRPr="00FA7739" w:rsidRDefault="00594CB1" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23EF9AD8" w14:textId="6E756176" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="00D23670" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sen</w:t>
+      </w:r>
+      <w:r w:rsidR="00F71B2F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atoru kolēģija</w:t>
+      </w:r>
+      <w:r w:rsidR="007617C9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šādā sastāvā: senators referents </w:t>
+      </w:r>
+      <w:r w:rsidR="00426797" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aldis Laviņš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, senator</w:t>
+      </w:r>
+      <w:r w:rsidR="00426797" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6157" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaspars Balodis un Intars Bisters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F0B0A4" w14:textId="77777777" w:rsidR="00594CB1" w:rsidRPr="00FA7739" w:rsidRDefault="00594CB1" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AD5B7B2" w14:textId="22AE4BE8" w:rsidR="00594CB1" w:rsidRPr="00FA7739" w:rsidRDefault="00426797" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rīcības sēdē </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23670" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izskatīja </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk196737699"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk211860005"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk178146510"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk178146730"/>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6157" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieteikumu par Senāta 2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D052A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6157" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada 15. maija sprieduma izskaidrošanu. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="14309F44" w14:textId="77777777" w:rsidR="00CE6157" w:rsidRPr="00FA7739" w:rsidRDefault="00CE6157" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>, 1. tēzi</w:t>
-[...16 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CFF2B8E" w14:textId="2D887B4F" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="007415AB" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Aprakstošā daļa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE54568" w14:textId="77777777" w:rsidR="00594CB1" w:rsidRPr="00FA7739" w:rsidRDefault="00594CB1" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="145C96AF" w14:textId="52DBA80E" w:rsidR="00B1324F" w:rsidRPr="00FA7739" w:rsidRDefault="007415AB" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[1]</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Ar Vidzemes apgabaltiesas 2024. gada 26. jūlija spriedumu noraidīt</w:t>
+      </w:r>
+      <w:r w:rsidR="009D052A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk213157329"/>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. B]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[firma</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> A</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>S.à</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>r.l</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>., SIA</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[firma B]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. C]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prasīb</w:t>
+      </w:r>
+      <w:r w:rsidR="009D052A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pret </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>pers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> D]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1324F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par zaudējumu atlīdzības solidāru piedziņu</w:t>
+      </w:r>
+      <w:r w:rsidR="009D052A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CE9F50" w14:textId="07FD9C60" w:rsidR="00B1324F" w:rsidRPr="00FA7739" w:rsidRDefault="00B1324F" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Par minēto spriedumu </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. B]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[firma</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> A</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>S.à</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>r.l</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>., SIA</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[firma B] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesnieguši kasācijas sūdzību, pārsūdzot spriedumu pilnā apjomā. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk213235555"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Ar Senāta 2025. gada 23. aprīļa rīcības sēdes lēmumu ierosināta kasācijas tiesvedība</w:t>
+      </w:r>
+      <w:r w:rsidR="009D052A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="63098EE7" w14:textId="04ED8E9C" w:rsidR="00855783" w:rsidRPr="00FA7739" w:rsidRDefault="007415AB" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ar </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk212823697"/>
+      <w:r w:rsidR="00855783" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Senāta 2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00855783" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada 15. maija spriedumu </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="006A684F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vidzemes apgabaltiesas 2024. gada 26. jūlija spriedums </w:t>
+      </w:r>
+      <w:r w:rsidR="00855783" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atcelts un lieta nodota jaunai izskatīšanai Vidzemes apgabaltiesā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784767B9" w14:textId="77777777" w:rsidR="00855783" w:rsidRPr="00FA7739" w:rsidRDefault="00855783" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029B775D" w14:textId="78091F7F" w:rsidR="00855783" w:rsidRPr="00FA7739" w:rsidRDefault="00855783" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[2]</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94BDD" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Au</w:t>
+      </w:r>
+      <w:r w:rsidR="00671932" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00D94BDD" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stākajā tiesā saņemts </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r w:rsidR="006A684F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007617C9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pieteikums ar nosaukumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="0041763E" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Lūgums Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A684F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0041763E" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>1/09 izsniegt inform</w:t>
+      </w:r>
+      <w:r w:rsidR="006A684F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="0041763E" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ciju un dokumentus civilliet</w:t>
+      </w:r>
+      <w:r w:rsidR="006A684F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ā Nr. C21048117</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>”, kurā lū</w:t>
+      </w:r>
+      <w:r w:rsidR="006A684F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>gts</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, pirmkārt,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izskaidrot, vai </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk213158630"/>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>civillieta Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>C21048117</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurā taisīts Senāta </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Hlk213160042"/>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2025. gada 15. maija spriedum</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, kasācijas instances tiesā </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izskatīta atklātā vai slēgtā tiesas sēdē, un, otrkārt, ja šī civillieta izskatīta atklātā tiesas sēdē, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A684F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skaidrot, kā arī </w:t>
+      </w:r>
+      <w:r w:rsidR="006A684F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>izsniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dokumenta formā</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ja tāds pastāv, pamatojumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>šādai</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kasācijas instances </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11E28" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>tiesas rīcībai</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2388C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ievērojot, ka minētā civillieta pirmās un apelācijas instances tiesā izskatītā slēgtās tiesas sēdēs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D55A843" w14:textId="531BE39D" w:rsidR="007617C9" w:rsidRPr="00FA7739" w:rsidRDefault="007617C9" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Interese šādas informācijas noskaidrošanai pamatojama ar apsvērumu, ka gan pirmās, gan apelācijas instances tiesa ir izskatījusi civillietu slēgtās tiesas sēdēs, līdz ar to Senāts, nepaziņo</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3B13" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>jot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par to lietas dalībniekiem un </w:t>
+      </w:r>
+      <w:r w:rsidR="003E3B13" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>nepieņemot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attiecīgu lēmumu</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3B13" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ir atkāpies no civillietas izskatīšanas slēgtā tiesas sēdē un ir atklājis ierobežotas pieejamības informāciju, </w:t>
+      </w:r>
+      <w:r w:rsidR="00472113" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>kā arī nav piemērojis</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3B13" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tādus nolēmuma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E3B13" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>anonimizācijas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E3B13" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikumus, kas ir piemērojami slēgtā tiesas sēdē pieņemtajiem nolēmumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10DAE" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253E033C" w14:textId="74B190C5" w:rsidR="00472113" w:rsidRPr="00FA7739" w:rsidRDefault="00472113" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Pretēji minētajai atziņai apelācijas instances tiesa ir vadījusies no premisas, ka lietas izspriešanai</w:t>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="lv-LV"/>
+        <w:t xml:space="preserve">Ievērojot minēto, senatoru kolēģija secina, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir iesniedzis pieteikumu par civillietas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>C21048117 izskatīšanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kasācijas instances tiesā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D5C4C">
-[...335 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>procesuālās kārtības izskaidrošanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B263BB" w14:textId="77777777" w:rsidR="00C2388C" w:rsidRPr="00FA7739" w:rsidRDefault="00C2388C" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:bCs/>
-[...723 lines deleted...]
-      <w:r w:rsidR="0065350A" w:rsidRPr="006D5C4C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5619490D" w14:textId="3DBD344F" w:rsidR="00C2388C" w:rsidRPr="00FA7739" w:rsidRDefault="00C2388C" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Motīvu daļa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4E6389" w14:textId="77777777" w:rsidR="006A684F" w:rsidRPr="00FA7739" w:rsidRDefault="006A684F" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61810F23" w14:textId="572689E3" w:rsidR="00DC01C2" w:rsidRPr="00FA7739" w:rsidRDefault="006A684F" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[3]</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="46" w:name="_Hlk191997259"/>
-[...16 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidR="00DC01C2" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Apsvēr</w:t>
+      </w:r>
+      <w:r w:rsidR="00F71B2F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>usi</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC01C2" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC01C2" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieteikumā par Senāta 2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC01C2" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>gada 15.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC01C2" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maija sprieduma izskaidrošanu norādītos argumentus, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71B2F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>senatoru kolēģija</w:t>
+      </w:r>
+      <w:r w:rsidR="007617C9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atzīst</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC01C2" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r w:rsidR="007617C9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieteikums </w:t>
+      </w:r>
+      <w:r w:rsidR="00532911" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par civillietas Nr. C21048117 izskatīšanas procesuālās kārtības kasācijas instances tiesā izskaidrošanu </w:t>
+      </w:r>
+      <w:r w:rsidR="007617C9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir apmierināms. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21923187" w14:textId="77777777" w:rsidR="003E3B13" w:rsidRPr="00FA7739" w:rsidRDefault="003E3B13" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="234D999B" w14:textId="4CE95D07" w:rsidR="003B1C03" w:rsidRPr="00FA7739" w:rsidRDefault="00F71B2F" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[4]</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB71AA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Civilprocesa likuma 11.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB71AA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pantā ir nostiprināts viens no civilprocesa principiem – atklātuma princips –, kas nodrošina </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk213246543"/>
+      <w:r w:rsidR="00CB71AA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>sabiedrības uzraudzību pār tiesas spriešanu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00CB71AA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas veicina </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB71AA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>sabiedrības uztic</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ēšanos tiesu varai</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB71AA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>. Tas nozīmē, ka pēc vispārīgā noteikuma visās tiesās civillietas tiek izskatītas atklāti, bet civillietu izskatīšana slēgtās tiesas sēdēs pieļaujama tikai likumā noteiktos gadījumos</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1C03" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1C03" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Gadījumus, kad civillietas ir izskatāmas slēgtās tiesas sēdēs, nosaka Civilprocesa likuma 11. panta pirmā daļa, kurā ir sniegts izsmeļošs to kategoriju lietu uzskaitījums, kuras obligāti izskatāmas slēgtās tiesas sēdēs, un šī panta trešā daļa, kura ir sniegts to apstākļu uzskatījums, kuru dēļ tiesa pēc lietas dalībnieka motivēta lūguma vai sava ieskata ir tiesīga pasludināt tiesas sēdi vai tās daļu par slēgtu</w:t>
+      </w:r>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3E57EC" w14:textId="344D8C99" w:rsidR="00D32890" w:rsidRPr="00FA7739" w:rsidRDefault="00D560A1" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[4.1]</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="008F32DC" w:rsidRPr="006D5C4C">
-[...928 lines deleted...]
-        <w:t xml:space="preserve">Ekonomisko noziegumu apkarošanas pārvaldes 2020. gada 14. decembra uzziņai par </w:t>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>civillietas Nr. C21048117</w:t>
+      </w:r>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> materiāliem izriet, ka Vidzemes rajona tiesa ar 2018. gada 26. novembra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006D5C4C">
-[...7 lines deleted...]
-        <w:t>resoriskās</w:t>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>protokollēmumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006D5C4C">
-[...914 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pēc </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prasītāju </w:t>
+      </w:r>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>lūguma saskaņā ar Civilprocesa likuma 11. panta trešās daļas 2. punktu</w:t>
+      </w:r>
+      <w:r w:rsidR="00646E8E" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00646E8E" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Senāta 2024</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>„Pēc lietas dalībnieka motivēta lūguma vai tiesas ieskata tiesas sēdi vai tās daļu var pasludināt par slēgtu: [..] ja nepieciešams aizsargāt personu privāto dzīvi un korespondences noslēpumu”</w:t>
+      </w:r>
+      <w:r w:rsidR="00646E8E" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir nolēmusi pasludināt „visas lietas izskatīšanu par slēgtu” (sk. </w:t>
+      </w:r>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>lietas 5. sējuma 91. lapu</w:t>
+      </w:r>
+      <w:r w:rsidR="007560C8" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4773" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Minētais lūgums tika pamatots</w:t>
+      </w:r>
+      <w:r w:rsidR="00451DDC" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295F58" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ar lietas materiāliem pievienoto</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poligrāfa pārbaudes ekspertīzes atzinumu un tajā norādīto informāciju. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686FA87F" w14:textId="3F9A588F" w:rsidR="00D560A1" w:rsidRPr="00FA7739" w:rsidRDefault="00D32890" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Vienlaikus no 2018. gada 26. novembra tiesas sēdes skaņu ieraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66D61" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [00:04:55-00:10:21] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>izriet</w:t>
+      </w:r>
+      <w:r w:rsidR="00D560A1" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prasītāju pilnvarotās pārstāves tiesas sēdes laikā ir pamatojušas pieteikto lūgumu par lietas izskatīšanu slēgtā tiesas sēdē gan ar lietas materiāliem pievienoto </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk213252125"/>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. B]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poligrāfa pārbaudes ekspertīzes atzinumu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, gan ar citiem apstākļiem, proti, ar lietas materiāliem pievienoto informāciju no </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk213314750"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>AS</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA07E1" w:rsidRPr="006D5C4C">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[firma C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konta un </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bankas konta izrakstu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prasītāju pilnvarotās pārstāves nav sniegušas </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai sniegušas ļoti vispārīgus </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>motīvus, kāpēc lietas materiāliem pievienotais AS</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[firma C]</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konta un </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[pers. A] </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bankas konta izraksts varētu būt par </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>pamatu tiesas sēdes pasludināšanai par slēgtu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31979" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E13B3FE" w14:textId="4D889720" w:rsidR="00A66D61" w:rsidRPr="00FA7739" w:rsidRDefault="001C6500" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[4.2]</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66D61" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Arī Vidzemes apgabaltiesa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, atsevišķi neizlemjot jautājumu par lietas izskatīšanas formu,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66D61" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A1B0C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66D61" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izskatījusi </w:t>
+      </w:r>
+      <w:r w:rsidR="007A1B0C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>lietu slēgtā tiesas sēd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ē un ar 2024. gada 26. jūlija spriedumu noraidījusi prasītāju celto prasību. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED659C4" w14:textId="3E15E3D9" w:rsidR="001C6500" w:rsidRPr="00FA7739" w:rsidRDefault="001C6500" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[4.3]</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Ar Senāta 2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>gada 23.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>aprīļa rīcības sēdes lēmumu ierosināta kasācijas</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1892" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiesvedība</w:t>
+      </w:r>
+      <w:r w:rsidR="00532911" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00532911" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ekonstatējot nepieciešamību pēc lietas dalībnieku papildu paskaidrojumiem vai lietas īpašu nozīmi likuma normu iztulkošanā (</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> gada 8</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>Civilprocesa likuma 464.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t> </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>pants</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00532911" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">askaņā ar Civilprocesa likuma 464. panta otrās daļas otro teikumu lieta tika </w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodota izskatīšanā rakstveida procesā (sk. </w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">SKC-176/2024, </w:t>
-[...16 lines deleted...]
-          <w:bCs/>
+        <w:t>lietas 9. sējuma 42. lapu</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>). Minētais rīcības sēdes lēmums tika nosūtīts lietas dalībniekiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5250" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņā ar Civilprocesa likuma 46</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5250" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta otro daļu paziņojot lietas dalībniekiem par lietas izskatīšanu rakstveida procesā, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk213251330"/>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izskaidrojot </w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>lietas dalībniekiem viņu procesuālās tiesības, tostarp tiesības pieteikt lūgumus</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, kas saistīti ar lietas izskatīšanu,</w:t>
+      </w:r>
+      <w:r w:rsidR="00532911" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>viņus</w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par tiesas sas</w:t>
+      </w:r>
+      <w:r w:rsidR="00600629" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tāvu, tiesībām pieteikt noraidījumu tiesas sastāvam, kā arī sprieduma pieejamības datumu tiešsaistes sistēmā (sk. </w:t>
+      </w:r>
+      <w:r w:rsidR="00600629" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>, 10.2.</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>lietas 9. sējuma 44.–50. lapu</w:t>
+      </w:r>
+      <w:r w:rsidR="00600629" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F4659B" w14:textId="58513B43" w:rsidR="005E03DA" w:rsidRPr="00FA7739" w:rsidRDefault="000E2CF3" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[4.3.1]</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E03DA" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Šajā ziņā senatoru kolēģija paskaidro, ka lietas izskatīšana rakstveida procesā ir pretmets lietas izskatīšanai tiesas sēdē</w:t>
+      </w:r>
+      <w:r w:rsidR="000A42CF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Proti, ja lieta tiek izskatīta rakstveida procesā, tad </w:t>
+      </w:r>
+      <w:r w:rsidR="0078717D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kasācijas tiesvedības ietvaros lieta netiek izskatīta tiesas sēdē. Tas savukārt nozīmē </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>likumā nostiprināto</w:t>
+      </w:r>
+      <w:r w:rsidR="0078717D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atkāpšanos no Civilprocesa likuma 11. pantā nostiprinātā atklātuma principa, jo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lietas izskatīšana rakstveida procesā vismaz daļēji </w:t>
+      </w:r>
+      <w:r w:rsidR="0078717D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">liedz īstenot sabiedrības uzraudzību pār tiesas spriešanu, piemēram, sabiedrības pārstāvjiem, tostarp mediju pārstāvjiem, ar savu klātesamību piedaloties tiesas sēdēs. Arī Eiropas Cilvēktiesību </w:t>
+      </w:r>
+      <w:r w:rsidR="00296159" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0078717D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>iesa ir atzinusi</w:t>
+      </w:r>
+      <w:r w:rsidR="00296159" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilstoši </w:t>
+      </w:r>
+      <w:r w:rsidR="00287CD9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cilvēka tiesību un pamatbrīvību aizsardzības konvencijas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>6. panta 1. punktam</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7987" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00296159" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lietas izskatīšana rakstveida procesā nevar tikt pielīdzināta lietas izskatīšanai atklātā tiesas sēdē (sk. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296159" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t> </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Eiropas Cilvēktiesību tiesas 2022. gada 2. jūnija sprieduma </w:t>
+      </w:r>
+      <w:r w:rsidR="00966999" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>punktu; </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">lietā „Straume pret Latviju”, iesnieguma Nr. 59402/14, </w:t>
+      </w:r>
+      <w:r w:rsidR="00296159" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2024. gada 15. maija sprieduma lietā Nr. SKC-39/2024, ECLI:LV:AT:2024:0515.C30733719.14.S, 14.4. punktu</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:t>127. punktu</w:t>
+      </w:r>
+      <w:r w:rsidR="00296159" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00966999" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Tādējādi secināms, ka civillieta Nr. C21048117 kasācijas instances tiesā tika izskatīta rakstveida procesā</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, to neizskatot tiesas sēdē</w:t>
+      </w:r>
+      <w:r w:rsidR="00966999" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B62ABB4" w14:textId="08B44313" w:rsidR="00966999" w:rsidRPr="00FA7739" w:rsidRDefault="00966999" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vienlaikus senatoru kolēģija atzīst, ka apstāklim, vai lieta saskaņā ar likuma noteikumiem ir izskatāma atklātā vai slēgtā tiesas sēdē, var būt nozīme arī tad, ja lieta tiek izskatīta rakstveida procesā. Proti, atbilstoši Ministru kabineta 2009. gada 10. februāra noteikumu Nr. 123 „Noteikumi par tiesu informācijas publicēšanu mājaslapā internetā un tiesu nolēmumu apstrādi pirms to izsniegšanas” </w:t>
+      </w:r>
+      <w:r w:rsidR="006E365A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>8.5. un 8.6.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E365A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>punktam apstāklis, vai lieta ir izskatāma atklātā vai slēgtā tiesas sēdē, nosaka tiesas sēžu kalendārā publicējamās informācijas apjomu, savukārt atbilstoši šo noteikumu 16.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E365A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>punktam – tiesu portālā publicējamā</w:t>
+      </w:r>
+      <w:r w:rsidR="00532911" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006E365A" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nolēmuma daļas. Līdz ar to arī tad, ja lieta tiek izskatīta rakstveida procesā, tiesai ir jāņem vērā ierobežojumi, kas varētu izrietēt no šīs lietas izskatīšanas slēgtā tiesas sēdē</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ja lieta kasācijas instances tiesā saskaņā ar Civilprocesa likuma 465.–472. panta noteikumiem tiktu izskatīta tiesas sēdē. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395326A7" w14:textId="4B5DBEA0" w:rsidR="000E2CF3" w:rsidRPr="00FA7739" w:rsidRDefault="000E2CF3" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[4.3.2]</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ievērojot, ka lietas izskatīšana slēgtā tiesas sēdē ir uzskatāma par izņēmumu no izskatīšanas atklātā tiesas sēdē, tostarp situācijās, kad lieta tiek izskatīta rakstveida procesā, </w:t>
+      </w:r>
+      <w:r w:rsidR="00287CD9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>šādai rīcībai, izņemot Civilprocesa likuma 11. panta pirmās daļas 1.–7. punktā noteiktos</w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījumus</w:t>
+      </w:r>
+      <w:r w:rsidR="00287CD9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kad lieta katrā </w:t>
+      </w:r>
+      <w:r w:rsidR="00177F6E" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ziņā </w:t>
+      </w:r>
+      <w:r w:rsidR="00287CD9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz likuma pamata ir izskatāma slēgtā tiesas sēdē, ir nepieciešams pamatojums, kas attaisnotu atkāpšanos no civillietu izskatīšanas atklātuma. Turklāt tiesai </w:t>
+      </w:r>
+      <w:r w:rsidR="00C944DF" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ir pienākums izvērtēt</w:t>
+      </w:r>
+      <w:r w:rsidR="00287CD9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vai iespējamais kādu interešu aizskārums vai apdraudējums, kas var būt par pamatu tiesas sēdes pasludināšanai par slēgtu saskaņa ar Civilprocesa likuma 11. panta trešās daļas 1.–6. punkta noteikumiem, prevalē par procesa dalībnieku un sabiedrības interesēm uz civillietu atklātu izskatīšanu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00597E6B" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00287CD9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesai, atzīstot nepieciešamību pēc kādu interešu aizsardzības, ir jāierobežo civillietu izskatīšanas atklātuma princips pēc iespējas mazākā mērā, proti, </w:t>
+      </w:r>
+      <w:r w:rsidR="00953E95" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jāapsver iespēja </w:t>
+      </w:r>
+      <w:r w:rsidR="00287CD9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>pasludin</w:t>
+      </w:r>
+      <w:r w:rsidR="00953E95" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00287CD9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t tiesas sēdes daļu un nevis visu tiesas sēdi par slēgtu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246E0691" w14:textId="6D29B297" w:rsidR="00287CD9" w:rsidRPr="00FA7739" w:rsidRDefault="00287CD9" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Turklāt šāds </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>izvērtējums</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir veicams katrā nākamajā tiesu instancē, jo atbilstoši Civilprocesa likuma 11. panta trešajai daļai tiesa var pasludināt </w:t>
+      </w:r>
+      <w:r w:rsidR="00443BF9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par slēgtu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nevis lietu, bet gan </w:t>
+      </w:r>
+      <w:r w:rsidR="000B293D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiesas sēdi vai tās daļu. Tas nozīmē, ka pirmās instances tiesas lēmums par lietas izskatīšanu slēgtā tiesas sēdē nesaista apelācijas instances tiesu, bet apelācijas instances tiesas lēmums – kasācijas instances tiesu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00443BF9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Proti, jautājuma izlemšana par lietas izskatīšanu slēgtā tiesas sēdē ir tās tiesas kompetencē, kuras lietvedībā attiecīgā civillieta atrodas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD73406" w14:textId="41C26D35" w:rsidR="000B293D" w:rsidRPr="00FA7739" w:rsidRDefault="000B293D" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Šajā ziņā senatoru kolēģija vērš uzmanību, ka pēc tam, kad lietas dalībniekiem tika nosūtīts 2025. gada 23. aprīlī pieņemtais rīcības sēdes lēmums par kasācijas tiesvedības ierosināšanu, izskaidrojot lietas dalībniekiem viņu procesuālās tiesības, tostarp tiesības pieteikt lūgumus, lietas dalībnieki nav izlietojuši tiesību pieteikt motivētu lūgumu par lietas izskatīšanu slēgtā tiesas sēdē. Šādu nepieciešamību Senāts, ievērojot sabiedrības intereses uz nolēmumu publiskošanu, nav konstatējis arī pēc savas iniciatīvas, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7390" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jo, pirmkārt, pierādījumu vērtēšana atbilstoši Civilprocesa likuma 450. panta trešajai daļai, 451. un 452. pantam neietilpst kasācijas instances tiesas kompetencē, un, otrkārt, prasītāju pirmās instances tiesai pieteiktais lūgums par lietas izskatīšanu slēgtā tiesas sēdē tika </w:t>
+      </w:r>
+      <w:r w:rsidR="00597E6B" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">argumentēti </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7390" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pamatots </w:t>
+      </w:r>
+      <w:r w:rsidR="00597E6B" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tikai </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7390" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[pers. B] </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7390" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>poligrāfa pārbaudes ekspertīzes atzinum</w:t>
+      </w:r>
+      <w:r w:rsidR="00443BF9" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>a pievienošanu lietas materiāliem, kas Senāta rakstveida procesā taisītajā spriedumā pat netika pieminēts.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7390" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E0B078" w14:textId="12E54B04" w:rsidR="006A684F" w:rsidRPr="00FA7739" w:rsidRDefault="00443BF9" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Līdz ar to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3018" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> senatoru kolēģija, ierosinot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kasācijas tiesvedīb</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3018" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>u un no</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0289" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dodot </w:t>
+      </w:r>
+      <w:r w:rsidR="006A3018" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>liet</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0289" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3018" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izskatīšan</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0289" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3018" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rakstveida procesā, nepiemēroja likuma noteikumus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par lietas izskatīšanu slēgtā tiesas sēdē. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D3EB16" w14:textId="77777777" w:rsidR="006A684F" w:rsidRPr="00FA7739" w:rsidRDefault="006A684F" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="581CF632" w14:textId="4E962C8E" w:rsidR="007415AB" w:rsidRPr="00FA7739" w:rsidRDefault="007415AB" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>).</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rezolutīvā daļa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E324BBE" w14:textId="77777777" w:rsidR="007415AB" w:rsidRPr="00FA7739" w:rsidRDefault="007415AB" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57BB9B50" w14:textId="41B2467C" w:rsidR="004A6F36" w:rsidRPr="00FA7739" w:rsidRDefault="004A6F36" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pamatojoties uz Civilprocesa likuma 464.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5D4F" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00855783" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sesto daļu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, senatoru kolēģija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDF1A43" w14:textId="77777777" w:rsidR="008A2DB4" w:rsidRPr="00FA7739" w:rsidRDefault="008A2DB4" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C801D5C" w14:textId="406DC2DA" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="008A2DB4" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nolēma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EF17BA" w14:textId="77777777" w:rsidR="008A2DB4" w:rsidRPr="00FA7739" w:rsidRDefault="008A2DB4" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
-        </w:rPr>
-[...158 lines deleted...]
-    <w:p w14:paraId="13DE17E7" w14:textId="56572611" w:rsidR="00D05792" w:rsidRPr="006D5C4C" w:rsidRDefault="00C33269" w:rsidP="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13439027" w14:textId="047C90F2" w:rsidR="00CE6157" w:rsidRPr="00FA7739" w:rsidRDefault="00E714A0" w:rsidP="00FA7739">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apmierināt</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_Hlk213153341"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D5C4C">
-[...37 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[pers. A] </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6157" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieteikumu par Senāta 2025. gada 15. maija sprieduma lietā Nr. SKC-131/2025 izskaidrošanu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="00CE6157" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AD8FB8" w14:textId="32C3107C" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="00CE6157" w:rsidP="00FA7739">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izskaidrot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="_Hlk212820322"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk213153398"/>
+      <w:r w:rsidR="00E714A0" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>civillieta Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB578C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D5C4C">
-[...13 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00E714A0" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C21048117 sakarā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D89" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[pers. B]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[firma</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB578C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S.à</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r.l</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[pers. C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un SIA</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D5C4C">
-[...37 lines deleted...]
-    <w:p w14:paraId="1C17992B" w14:textId="0F4B150A" w:rsidR="00F77CF8" w:rsidRPr="006D5C4C" w:rsidRDefault="00811ED7" w:rsidP="006D5C4C">
+      <w:r w:rsidR="00EB578C" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[firma B]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kasācijas sūdzīb</w:t>
+      </w:r>
+      <w:r w:rsidR="00E714A0" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk213235352"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vidzemes apgabaltiesas 2024. gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26. jūlija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spriedumu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[pers. B]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[firma A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S.à</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r.l</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[pers. C]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un SIA</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4D4D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[firma B]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prasībā pret </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[pers. A] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9169D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[pers. D] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par zaudējumu atlīdzības solidāru piedziņu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7772D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kasācijas instances tiesā saskaņā ar 2025. gada 23. aprīļa rīcības sēdes lēmumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tika izskatīta rakstveida procesā, ne</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7772D" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piemērojot noteikumus par lietas izskatīšanu slēgtā tiesas sēdē. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="5E4F3E69" w14:textId="77777777" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="00D23670" w:rsidP="00FA7739">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:bCs/>
-[...217 lines deleted...]
-    <w:p w14:paraId="26F5C16E" w14:textId="4A7E357F" w:rsidR="00F074CE" w:rsidRPr="006D5C4C" w:rsidRDefault="00F074CE" w:rsidP="006D5C4C">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="211A2BF2" w14:textId="7374E62B" w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidRDefault="004A6F36" w:rsidP="00FA7739">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:bCs/>
-[...3804 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lēmums</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23670" w:rsidRPr="00FA7739">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nav pārsūdzams. </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D23670" w:rsidRPr="00FA7739" w:rsidSect="008A2DB4">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="1701" w:bottom="709" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B2C9519" w14:textId="77777777" w:rsidR="006C6F58" w:rsidRDefault="006C6F58" w:rsidP="00831A4E">
+    <w:p w14:paraId="44FA12ED" w14:textId="77777777" w:rsidR="008C7653" w:rsidRDefault="008C7653" w:rsidP="00E80CD7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02D1D883" w14:textId="77777777" w:rsidR="006C6F58" w:rsidRDefault="006C6F58" w:rsidP="00831A4E">
+    <w:p w14:paraId="5CBA504F" w14:textId="77777777" w:rsidR="008C7653" w:rsidRDefault="008C7653" w:rsidP="00E80CD7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...105 lines deleted...]
-  </w:sdt>
+  <w:p w14:paraId="213507D3" w14:textId="77777777" w:rsidR="00E331B6" w:rsidRDefault="00000000" w:rsidP="00E331B6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1728636285"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00E331B6">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> no </w:t>
+        </w:r>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00E331B6">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidR="00E331B6" w:rsidRPr="00966999">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41EA0AF3" w14:textId="77777777" w:rsidR="006C6F58" w:rsidRDefault="006C6F58" w:rsidP="00831A4E">
+    <w:p w14:paraId="27ED2F0D" w14:textId="77777777" w:rsidR="008C7653" w:rsidRDefault="008C7653" w:rsidP="00E80CD7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B07EC05" w14:textId="77777777" w:rsidR="006C6F58" w:rsidRDefault="006C6F58" w:rsidP="00831A4E">
+    <w:p w14:paraId="275B6D20" w14:textId="77777777" w:rsidR="008C7653" w:rsidRDefault="008C7653" w:rsidP="00E80CD7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00517F04"/>
-[...386 lines deleted...]
-    <w:rsid w:val="00601B22"/>
+    <w:rsidRoot w:val="00D23670"/>
+    <w:rsid w:val="00004BCF"/>
+    <w:rsid w:val="0001145B"/>
+    <w:rsid w:val="00013B24"/>
+    <w:rsid w:val="000201F1"/>
+    <w:rsid w:val="000714F5"/>
+    <w:rsid w:val="00090EA7"/>
+    <w:rsid w:val="000A42CF"/>
+    <w:rsid w:val="000B293D"/>
+    <w:rsid w:val="000C0289"/>
+    <w:rsid w:val="000C341C"/>
+    <w:rsid w:val="000C61F2"/>
+    <w:rsid w:val="000D41AF"/>
+    <w:rsid w:val="000E1892"/>
+    <w:rsid w:val="000E2CF3"/>
+    <w:rsid w:val="000E7271"/>
+    <w:rsid w:val="00103482"/>
+    <w:rsid w:val="00126298"/>
+    <w:rsid w:val="00177F6E"/>
+    <w:rsid w:val="00180084"/>
+    <w:rsid w:val="001C6500"/>
+    <w:rsid w:val="0022376B"/>
+    <w:rsid w:val="002772A1"/>
+    <w:rsid w:val="00287CD9"/>
+    <w:rsid w:val="00295F58"/>
+    <w:rsid w:val="00296159"/>
+    <w:rsid w:val="002A0813"/>
+    <w:rsid w:val="002D2F00"/>
+    <w:rsid w:val="002D4D4D"/>
+    <w:rsid w:val="00301B0E"/>
+    <w:rsid w:val="0030403A"/>
+    <w:rsid w:val="003108F0"/>
+    <w:rsid w:val="003475EC"/>
+    <w:rsid w:val="00376ACF"/>
+    <w:rsid w:val="003A392F"/>
+    <w:rsid w:val="003B1C03"/>
+    <w:rsid w:val="003B4773"/>
+    <w:rsid w:val="003D53B0"/>
+    <w:rsid w:val="003E3B13"/>
+    <w:rsid w:val="0040063D"/>
+    <w:rsid w:val="00402540"/>
+    <w:rsid w:val="0041763E"/>
+    <w:rsid w:val="00426797"/>
+    <w:rsid w:val="00431F80"/>
+    <w:rsid w:val="00443BF9"/>
+    <w:rsid w:val="00451DDC"/>
+    <w:rsid w:val="004544D7"/>
+    <w:rsid w:val="00472113"/>
+    <w:rsid w:val="0047406B"/>
+    <w:rsid w:val="004A6F36"/>
+    <w:rsid w:val="004C5407"/>
+    <w:rsid w:val="004C77DA"/>
+    <w:rsid w:val="004D4457"/>
+    <w:rsid w:val="004D7658"/>
+    <w:rsid w:val="004F0DFC"/>
+    <w:rsid w:val="004F5D4F"/>
+    <w:rsid w:val="004F640C"/>
+    <w:rsid w:val="005269D9"/>
+    <w:rsid w:val="00532911"/>
+    <w:rsid w:val="00594CB1"/>
+    <w:rsid w:val="00597E6B"/>
+    <w:rsid w:val="005C373C"/>
+    <w:rsid w:val="005E03DA"/>
+    <w:rsid w:val="005E6983"/>
+    <w:rsid w:val="005F258E"/>
+    <w:rsid w:val="00600629"/>
     <w:rsid w:val="0060216B"/>
-    <w:rsid w:val="00602B95"/>
-[...80 lines deleted...]
-    <w:rsid w:val="007447AF"/>
+    <w:rsid w:val="0062254A"/>
+    <w:rsid w:val="00646E8E"/>
+    <w:rsid w:val="0064783B"/>
+    <w:rsid w:val="00660864"/>
+    <w:rsid w:val="00671932"/>
+    <w:rsid w:val="0067278E"/>
+    <w:rsid w:val="00673DB6"/>
+    <w:rsid w:val="006957F4"/>
+    <w:rsid w:val="006A3018"/>
+    <w:rsid w:val="006A3A61"/>
+    <w:rsid w:val="006A684F"/>
+    <w:rsid w:val="006B7481"/>
+    <w:rsid w:val="006C02C6"/>
+    <w:rsid w:val="006C0ED0"/>
+    <w:rsid w:val="006C7390"/>
+    <w:rsid w:val="006E1D8E"/>
+    <w:rsid w:val="006E365A"/>
+    <w:rsid w:val="006E5E88"/>
+    <w:rsid w:val="006F0392"/>
+    <w:rsid w:val="00700448"/>
+    <w:rsid w:val="00715284"/>
+    <w:rsid w:val="00715E68"/>
+    <w:rsid w:val="00735672"/>
+    <w:rsid w:val="007415AB"/>
+    <w:rsid w:val="007415E1"/>
+    <w:rsid w:val="007503A8"/>
     <w:rsid w:val="00751947"/>
-    <w:rsid w:val="007558FF"/>
-[...125 lines deleted...]
-    <w:rsid w:val="00914FA4"/>
+    <w:rsid w:val="007560C8"/>
+    <w:rsid w:val="007617C9"/>
+    <w:rsid w:val="007632D5"/>
+    <w:rsid w:val="0078717D"/>
+    <w:rsid w:val="007958FF"/>
+    <w:rsid w:val="007A1B0C"/>
+    <w:rsid w:val="007B28C2"/>
+    <w:rsid w:val="007E36A8"/>
+    <w:rsid w:val="008059AF"/>
+    <w:rsid w:val="00807C76"/>
+    <w:rsid w:val="00820E85"/>
+    <w:rsid w:val="008229C2"/>
+    <w:rsid w:val="00855783"/>
+    <w:rsid w:val="00880B1B"/>
+    <w:rsid w:val="008A0A53"/>
+    <w:rsid w:val="008A2DB4"/>
+    <w:rsid w:val="008A3D89"/>
+    <w:rsid w:val="008B69D9"/>
+    <w:rsid w:val="008C003E"/>
+    <w:rsid w:val="008C393B"/>
+    <w:rsid w:val="008C7653"/>
+    <w:rsid w:val="008D3AE5"/>
+    <w:rsid w:val="008E356D"/>
     <w:rsid w:val="0091704C"/>
-    <w:rsid w:val="00917AE9"/>
-[...143 lines deleted...]
-    <w:rsid w:val="00BA67E8"/>
+    <w:rsid w:val="0093356D"/>
+    <w:rsid w:val="00946D2E"/>
+    <w:rsid w:val="00953E95"/>
+    <w:rsid w:val="00966999"/>
+    <w:rsid w:val="009D052A"/>
+    <w:rsid w:val="009E7987"/>
+    <w:rsid w:val="00A603B4"/>
+    <w:rsid w:val="00A66D61"/>
+    <w:rsid w:val="00A7766C"/>
+    <w:rsid w:val="00A80137"/>
+    <w:rsid w:val="00A97D3C"/>
+    <w:rsid w:val="00AA4EDB"/>
+    <w:rsid w:val="00AA5D6D"/>
+    <w:rsid w:val="00B10DAE"/>
+    <w:rsid w:val="00B1324F"/>
+    <w:rsid w:val="00B2102F"/>
+    <w:rsid w:val="00B4352C"/>
+    <w:rsid w:val="00B56555"/>
+    <w:rsid w:val="00B66924"/>
+    <w:rsid w:val="00B935E9"/>
+    <w:rsid w:val="00BA0928"/>
+    <w:rsid w:val="00BA1995"/>
     <w:rsid w:val="00BA74D6"/>
-    <w:rsid w:val="00BA757D"/>
-[...36 lines deleted...]
-    <w:rsid w:val="00C45D6E"/>
+    <w:rsid w:val="00BE5568"/>
+    <w:rsid w:val="00BE6FAC"/>
+    <w:rsid w:val="00BF1D5C"/>
+    <w:rsid w:val="00BF6F13"/>
+    <w:rsid w:val="00C002BB"/>
+    <w:rsid w:val="00C2388C"/>
     <w:rsid w:val="00C46946"/>
-    <w:rsid w:val="00C54A79"/>
-[...167 lines deleted...]
-    <w:rsid w:val="00EC6D52"/>
+    <w:rsid w:val="00C512E7"/>
+    <w:rsid w:val="00C56138"/>
+    <w:rsid w:val="00C5655B"/>
+    <w:rsid w:val="00C711AC"/>
+    <w:rsid w:val="00C9169D"/>
+    <w:rsid w:val="00C918EC"/>
+    <w:rsid w:val="00C944DF"/>
+    <w:rsid w:val="00CA6C3A"/>
+    <w:rsid w:val="00CB71AA"/>
+    <w:rsid w:val="00CC2FAE"/>
+    <w:rsid w:val="00CE6157"/>
+    <w:rsid w:val="00D11E28"/>
+    <w:rsid w:val="00D23670"/>
+    <w:rsid w:val="00D27E44"/>
+    <w:rsid w:val="00D30985"/>
+    <w:rsid w:val="00D32890"/>
+    <w:rsid w:val="00D53270"/>
+    <w:rsid w:val="00D559AA"/>
+    <w:rsid w:val="00D560A1"/>
+    <w:rsid w:val="00D669B0"/>
+    <w:rsid w:val="00D66A8D"/>
+    <w:rsid w:val="00D66D05"/>
+    <w:rsid w:val="00D677C1"/>
+    <w:rsid w:val="00D86FBA"/>
+    <w:rsid w:val="00D94BDD"/>
+    <w:rsid w:val="00DC01C2"/>
+    <w:rsid w:val="00DD32CC"/>
+    <w:rsid w:val="00DE5250"/>
+    <w:rsid w:val="00E331B6"/>
+    <w:rsid w:val="00E70E9C"/>
+    <w:rsid w:val="00E714A0"/>
+    <w:rsid w:val="00E80CD7"/>
+    <w:rsid w:val="00E85216"/>
+    <w:rsid w:val="00EB3157"/>
+    <w:rsid w:val="00EB3BD8"/>
+    <w:rsid w:val="00EB578C"/>
     <w:rsid w:val="00EC727E"/>
-    <w:rsid w:val="00ED0803"/>
-[...67 lines deleted...]
-    <w:rsid w:val="00FF6F86"/>
+    <w:rsid w:val="00ED7616"/>
+    <w:rsid w:val="00EE7E9F"/>
+    <w:rsid w:val="00EF28DD"/>
+    <w:rsid w:val="00F31979"/>
+    <w:rsid w:val="00F33472"/>
+    <w:rsid w:val="00F4315D"/>
+    <w:rsid w:val="00F45D2B"/>
+    <w:rsid w:val="00F5717B"/>
+    <w:rsid w:val="00F6791A"/>
+    <w:rsid w:val="00F7038D"/>
+    <w:rsid w:val="00F71B2F"/>
+    <w:rsid w:val="00F750C4"/>
+    <w:rsid w:val="00F7772D"/>
+    <w:rsid w:val="00F85978"/>
+    <w:rsid w:val="00FA7739"/>
+    <w:rsid w:val="00FF54DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="402EE1F3"/>
+  <w14:docId w14:val="47EC61F4"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -18773,51 +3752,51 @@
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18889,51 +3868,51 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -19112,668 +4091,307 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0062682C"/>
-[...9 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="001A5929"/>
+    <w:rsid w:val="00D23670"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...12 lines deleted...]
-    <w:rsid w:val="0088156F"/>
+    <w:rsid w:val="00D23670"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
       <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D23670"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0088156F"/>
+    <w:rsid w:val="00D23670"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C73F9B"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00831A4E"/>
+    <w:rsid w:val="00D23670"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...61 lines deleted...]
-    <w:rsid w:val="00192A86"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
-    <w:name w:val="endnote reference"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...26 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00D23670"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00881DB7"/>
+    <w:rsid w:val="00D23670"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00881DB7"/>
+    <w:rsid w:val="00D23670"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
-    <w:name w:val="page number"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003108F0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E80CD7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E80CD7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E80CD7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E80CD7"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009F06EA"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0001145B"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB578C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...284 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.at.gov.lv/downloadlawfile/10002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.at.gov.lv/downloadlawfile/9777" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.at.gov.lv/downloadlawfile/9777" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.at.gov.lv/downloadlawfile/10002" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/d5311a04-e6cd-4113-8e4e-3bfaf43f2363" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20036,81 +4654,66 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8557E4E1-87CF-4E3B-AD63-2F95E65E0D34}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{845037F3-BF5E-4BBF-BFE6-15873BEBCDC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>14382</Characters>
+  <Pages>4</Pages>
+  <Words>7709</Words>
+  <Characters>4395</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39533</CharactersWithSpaces>
+  <CharactersWithSpaces>12080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>