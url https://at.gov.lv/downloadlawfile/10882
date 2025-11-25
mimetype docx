--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -96,87 +96,71 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D519695" w14:textId="4D928642" w:rsidR="00BA5815" w:rsidRPr="00BA5815" w:rsidRDefault="00BA5815" w:rsidP="00CE6B10">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5815">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Krimināllietu departament</w:t>
-[...7 lines deleted...]
-        <w:t>a</w:t>
+        <w:t>Krimināllietu departamenta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26AE28B8" w14:textId="5E02F9DF" w:rsidR="00BA5815" w:rsidRPr="00BA5815" w:rsidRDefault="00BA5815" w:rsidP="00BA5815">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5815">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2025. gada 9. aprī</w:t>
-[...7 lines deleted...]
-        <w:t>ļa</w:t>
+        <w:t>2025. gada 9. aprīļa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0905A9B2" w14:textId="77777777" w:rsidR="00BA55DF" w:rsidRPr="00BA5815" w:rsidRDefault="00BA55DF" w:rsidP="00BA5815">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5815">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LĒMUMS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45B71121" w14:textId="77777777" w:rsidR="00BA5815" w:rsidRDefault="00BA5815" w:rsidP="00BA5815">
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -188,71 +172,73 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk142035488"/>
       <w:r w:rsidRPr="00BA5815">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lieta Nr. 11120020219, SKK</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5815">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>56/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A87123D" w14:textId="385D1F34" w:rsidR="00BA5815" w:rsidRPr="00BA5815" w:rsidRDefault="00BA5815" w:rsidP="00BA5815">
+    <w:p w14:paraId="2A87123D" w14:textId="6C560A9A" w:rsidR="00BA5815" w:rsidRPr="00BA5815" w:rsidRDefault="007D288C" w:rsidP="00BA5815">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5815">
-[...7 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00BA5815" w:rsidRPr="007D288C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ECLI:LV:AT:2025:0409.11120020219.11.L</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="38EC5483" w14:textId="77777777" w:rsidR="00E71924" w:rsidRPr="009B16E1" w:rsidRDefault="00E71924" w:rsidP="00C627CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C01BA4D" w14:textId="73223FBE" w:rsidR="00BA55DF" w:rsidRPr="009B16E1" w:rsidRDefault="00E31163" w:rsidP="00C627CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -1284,65 +1270,51 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atcelts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B944E4" w14:textId="120B6EFD" w:rsidR="007E274C" w:rsidRPr="009B16E1" w:rsidRDefault="00CE6B10" w:rsidP="00C627CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...13 lines deleted...]
-        <w:t>ers. A]</w:t>
+        <w:t>[Pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="007E274C" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzīts par nevainīgu pret viņu celtajā apsūdzībā pēc Krimināllikuma 260. panta otrās daļas un attaisnots.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0326CF6C" w14:textId="77777777" w:rsidR="002F5BB2" w:rsidRPr="009B16E1" w:rsidRDefault="002F5BB2" w:rsidP="00C627CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1552E60D" w14:textId="6065AE98" w:rsidR="006A437C" w:rsidRPr="009B16E1" w:rsidRDefault="002F5BB2" w:rsidP="00C627CA">
@@ -2263,65 +2235,51 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ustības bīstamība </w:t>
       </w:r>
       <w:r w:rsidR="003469A6" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>radās brīdī</w:t>
       </w:r>
       <w:r w:rsidR="001B4DEF" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kad acīmredzamā reibuma stāvoklī esošais </w:t>
       </w:r>
       <w:r w:rsidR="00F01A66">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[pers. </w:t>
-[...13 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[pers. B]</w:t>
       </w:r>
       <w:r w:rsidR="001B4DEF" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> nokļuva </w:t>
       </w:r>
       <w:r w:rsidR="003469A6" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apsūdzētā </w:t>
       </w:r>
       <w:r w:rsidR="00F01A66">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="001B4DEF" w:rsidRPr="009B16E1">
@@ -3179,65 +3137,51 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nav cēloniskā sakarā ar </w:t>
       </w:r>
       <w:r w:rsidR="008D36FC" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ceļu satiksmes negadījuma </w:t>
       </w:r>
       <w:r w:rsidR="000C593E" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kaitīgajām sekām – </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="OLE_LINK2"/>
       <w:r w:rsidR="00F01A66">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[pers. </w:t>
-[...13 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[pers. B]</w:t>
       </w:r>
       <w:r w:rsidR="000C593E" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="000C593E" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nāvi</w:t>
       </w:r>
       <w:r w:rsidR="00196103" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C593E" w:rsidRPr="009B16E1">
         <w:rPr>
@@ -3264,65 +3208,51 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>norādot, ka</w:t>
       </w:r>
       <w:r w:rsidR="008D36FC" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E6358" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kustības bīstamība izskatāmajā gadījumā radās tikai tad, kad pa brauktuves pretējo pusi ejošais </w:t>
       </w:r>
       <w:r w:rsidR="00F01A66">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[pers. </w:t>
-[...13 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[pers. B]</w:t>
       </w:r>
       <w:r w:rsidR="000E6358" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pēkšņi izgājis apsūdzētā vadītās automašīnas priekšā, tādējādi liedzot apsūdzētajam </w:t>
       </w:r>
       <w:r w:rsidR="0019769F" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">laikus </w:t>
       </w:r>
       <w:r w:rsidR="000E6358" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>novērtēt šo situāciju kā bīstamu un izvairīties no sadursmes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47544D30" w14:textId="522DEADB" w:rsidR="00F21856" w:rsidRPr="009B16E1" w:rsidRDefault="00443203" w:rsidP="00C627CA">
       <w:pPr>
@@ -3442,65 +3372,51 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – bija jāuztver gājēj</w:t>
       </w:r>
       <w:r w:rsidR="00AA6563" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000B7619" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00F01A66">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[pers. </w:t>
-[...13 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[pers. B]</w:t>
       </w:r>
       <w:r w:rsidR="000B7619" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – kā kustības bīstamīb</w:t>
       </w:r>
       <w:r w:rsidR="00AA6563" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="000B7619" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, tiklīdz viņš pamanīja gājēj</w:t>
       </w:r>
       <w:r w:rsidR="00AA6563" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -3805,51 +3721,51 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir mazgadīgs bērns, kura iespējamo tālāko rīcību nav iespējams prognozēt, transportlīdzekļa vadītājam ir jāparedz bīstamības rašanās iespēja.</w:t>
       </w:r>
       <w:r w:rsidR="0074230C" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="0074230C" w:rsidRPr="009B16E1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Senāta 2022. gada lēmuma lietā Nr. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="0074230C" w:rsidRPr="0021328C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:noProof/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>SKK</w:t>
         </w:r>
         <w:r w:rsidRPr="0021328C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:noProof/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:noBreakHyphen/>
         </w:r>
         <w:r w:rsidR="0074230C" w:rsidRPr="0021328C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -5144,51 +5060,51 @@
           <w:tab w:val="left" w:pos="-3120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E3F39A9" w14:textId="77777777" w:rsidR="00EF7919" w:rsidRPr="009B16E1" w:rsidRDefault="00EF7919" w:rsidP="00C627CA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF7919" w:rsidRPr="009B16E1" w:rsidSect="009B16E1">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1701" w:header="709" w:footer="544" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F63F4C7" w14:textId="77777777" w:rsidR="00D552D0" w:rsidRDefault="00D552D0" w:rsidP="00EE3783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="39579571" w14:textId="77777777" w:rsidR="00D552D0" w:rsidRDefault="00D552D0" w:rsidP="00EE3783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5256,51 +5172,51 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1752956732"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5E3FD88F" w14:textId="77777777" w:rsidR="00FF1E96" w:rsidRPr="004045D9" w:rsidRDefault="00A235FE" w:rsidP="004045D9">
+      <w:p w14:paraId="5E3FD88F" w14:textId="77777777" w:rsidR="00FF1E96" w:rsidRPr="004045D9" w:rsidRDefault="007D288C" w:rsidP="004045D9">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1728636285"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00FF1E96" w:rsidRPr="000D339E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6726,51 +6642,51 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1212308999">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1615286502">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1424566572">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="351732630">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1924336154">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA55DF"/>
     <w:rsid w:val="000007C6"/>
     <w:rsid w:val="00000B73"/>
@@ -7408,50 +7324,51 @@
     <w:rsid w:val="00394DB4"/>
     <w:rsid w:val="003953EC"/>
     <w:rsid w:val="00395E2F"/>
     <w:rsid w:val="00395FFB"/>
     <w:rsid w:val="00396F55"/>
     <w:rsid w:val="003A029B"/>
     <w:rsid w:val="003A02FF"/>
     <w:rsid w:val="003A0A9A"/>
     <w:rsid w:val="003A1561"/>
     <w:rsid w:val="003A1B87"/>
     <w:rsid w:val="003A1E16"/>
     <w:rsid w:val="003A2875"/>
     <w:rsid w:val="003A2C2B"/>
     <w:rsid w:val="003A3370"/>
     <w:rsid w:val="003A3780"/>
     <w:rsid w:val="003A3D4B"/>
     <w:rsid w:val="003A4546"/>
     <w:rsid w:val="003A474B"/>
     <w:rsid w:val="003A4D92"/>
     <w:rsid w:val="003A56E9"/>
     <w:rsid w:val="003B03AF"/>
     <w:rsid w:val="003B0CFD"/>
     <w:rsid w:val="003B2223"/>
     <w:rsid w:val="003B31E4"/>
     <w:rsid w:val="003B354B"/>
+    <w:rsid w:val="003B375E"/>
     <w:rsid w:val="003B4F9A"/>
     <w:rsid w:val="003B59BC"/>
     <w:rsid w:val="003B6F6D"/>
     <w:rsid w:val="003B7675"/>
     <w:rsid w:val="003B7CC7"/>
     <w:rsid w:val="003C0BE3"/>
     <w:rsid w:val="003C122C"/>
     <w:rsid w:val="003C2060"/>
     <w:rsid w:val="003C3001"/>
     <w:rsid w:val="003C391C"/>
     <w:rsid w:val="003C415D"/>
     <w:rsid w:val="003C5556"/>
     <w:rsid w:val="003C57B5"/>
     <w:rsid w:val="003C70B1"/>
     <w:rsid w:val="003C7BFA"/>
     <w:rsid w:val="003D0B9B"/>
     <w:rsid w:val="003D0D68"/>
     <w:rsid w:val="003D44A5"/>
     <w:rsid w:val="003D659C"/>
     <w:rsid w:val="003D6E86"/>
     <w:rsid w:val="003D7C4B"/>
     <w:rsid w:val="003E091A"/>
     <w:rsid w:val="003E0B75"/>
     <w:rsid w:val="003E2458"/>
     <w:rsid w:val="003E3094"/>
@@ -8190,50 +8107,51 @@
     <w:rsid w:val="007B0BBE"/>
     <w:rsid w:val="007B1B66"/>
     <w:rsid w:val="007B1C47"/>
     <w:rsid w:val="007B3160"/>
     <w:rsid w:val="007B43D2"/>
     <w:rsid w:val="007B65E2"/>
     <w:rsid w:val="007C01B8"/>
     <w:rsid w:val="007C0ECD"/>
     <w:rsid w:val="007C10FE"/>
     <w:rsid w:val="007C1638"/>
     <w:rsid w:val="007C1AC2"/>
     <w:rsid w:val="007C1EC7"/>
     <w:rsid w:val="007C3205"/>
     <w:rsid w:val="007C3DFE"/>
     <w:rsid w:val="007C3E30"/>
     <w:rsid w:val="007C45A5"/>
     <w:rsid w:val="007C4E57"/>
     <w:rsid w:val="007C58FB"/>
     <w:rsid w:val="007C5F60"/>
     <w:rsid w:val="007C60EC"/>
     <w:rsid w:val="007C6533"/>
     <w:rsid w:val="007C7403"/>
     <w:rsid w:val="007D01AD"/>
     <w:rsid w:val="007D0666"/>
     <w:rsid w:val="007D193B"/>
+    <w:rsid w:val="007D288C"/>
     <w:rsid w:val="007D2914"/>
     <w:rsid w:val="007D3A63"/>
     <w:rsid w:val="007D4846"/>
     <w:rsid w:val="007D5142"/>
     <w:rsid w:val="007D5A4C"/>
     <w:rsid w:val="007D5DF4"/>
     <w:rsid w:val="007D60E4"/>
     <w:rsid w:val="007D633E"/>
     <w:rsid w:val="007D6912"/>
     <w:rsid w:val="007D6D32"/>
     <w:rsid w:val="007D6FFF"/>
     <w:rsid w:val="007D776C"/>
     <w:rsid w:val="007D7CA4"/>
     <w:rsid w:val="007E037F"/>
     <w:rsid w:val="007E147E"/>
     <w:rsid w:val="007E1925"/>
     <w:rsid w:val="007E1A26"/>
     <w:rsid w:val="007E1F3A"/>
     <w:rsid w:val="007E274C"/>
     <w:rsid w:val="007E36E1"/>
     <w:rsid w:val="007E3C09"/>
     <w:rsid w:val="007E4857"/>
     <w:rsid w:val="007E502E"/>
     <w:rsid w:val="007E5973"/>
     <w:rsid w:val="007E5FE7"/>
@@ -10132,50 +10050,51 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA55DF"/>
     <w:pPr>
       <w:spacing w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
@@ -12173,51 +12092,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2145082406">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.at.gov.lv/downloadlawfile/8610" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/53666c0c-610e-45cf-b0a1-f3538f1ab240" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.at.gov.lv/downloadlawfile/8610" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12458,54 +12377,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC80C9C6-121A-4773-AABA-E041A0AF21EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>7994</Words>
-  <Characters>4557</Characters>
+  <Words>8063</Words>
+  <Characters>4596</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>38</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12526</CharactersWithSpaces>
+  <CharactersWithSpaces>12634</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>