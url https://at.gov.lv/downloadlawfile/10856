--- v0 (2025-10-03)
+++ v1 (2026-03-19)
@@ -73,136 +73,126 @@
           <w:b/>
         </w:rPr>
         <w:t>Latvijas Republikas Senāt</w:t>
       </w:r>
       <w:r w:rsidR="00BC0023" w:rsidRPr="00BC0023">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05339D5C" w14:textId="193BC813" w:rsidR="00BC0023" w:rsidRPr="00BC0023" w:rsidRDefault="00BC0023" w:rsidP="00BC0023">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0023">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Krimināllietu departament</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC0023">
+        <w:t>Krimināllietu departamenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28288D05" w14:textId="7548D203" w:rsidR="00BC0023" w:rsidRPr="00BC0023" w:rsidRDefault="00BC0023" w:rsidP="00BC0023">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="28288D05" w14:textId="7548D203" w:rsidR="00BC0023" w:rsidRPr="00BC0023" w:rsidRDefault="00BC0023" w:rsidP="00BC0023">
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0023">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2025. gada 27. marta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D65DEB2" w14:textId="7B3975B2" w:rsidR="00447EE6" w:rsidRPr="00BC0023" w:rsidRDefault="00684526" w:rsidP="00BC0023">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC0023">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>LĒMUMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A800D98" w14:textId="77777777" w:rsidR="00BC0023" w:rsidRPr="00BC0023" w:rsidRDefault="00BC0023" w:rsidP="00BC0023">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0023">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t>2025. gada 27. mart</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Lieta Nr. 11221007017, SKK</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC0023">
-        <w:rPr>
-[...23 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-        </w:rPr>
         <w:noBreakHyphen/>
         <w:t>60/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FF3D8D" w14:textId="2E7EC384" w:rsidR="00BC0023" w:rsidRPr="00BC0023" w:rsidRDefault="00BC0023" w:rsidP="00BC0023">
+    <w:p w14:paraId="71FF3D8D" w14:textId="347AF8EF" w:rsidR="00BC0023" w:rsidRPr="00BC0023" w:rsidRDefault="004D19C2" w:rsidP="00BC0023">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC0023">
-[...4 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00BC0023" w:rsidRPr="004D19C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>ECLI:LV:AT:2025:0327.11221007017.3.L</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="47380333" w14:textId="77777777" w:rsidR="00684526" w:rsidRPr="000E5848" w:rsidRDefault="00684526" w:rsidP="000E5848">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1609D6F5" w14:textId="6C68F2C0" w:rsidR="00447EE6" w:rsidRPr="000E5848" w:rsidRDefault="00447EE6" w:rsidP="000E5848">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000E5848">
         <w:t>Senāts šādā sastāvā:</w:t>
       </w:r>
       <w:r w:rsidR="00684526" w:rsidRPr="000E5848">
         <w:t xml:space="preserve"> senatore referente Anita Poļakova, senatori Ivars Bičkovičs un Aivars Uminskis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A3DCC16" w14:textId="77777777" w:rsidR="00684526" w:rsidRPr="000E5848" w:rsidRDefault="00684526" w:rsidP="000E5848">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -1204,51 +1194,51 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000E5848">
         <w:t>No likumprojekta anotācijas izriet, ka Īpašais likums papildināts ar minēto pielikumu, ievērojot to, ka tiesību aizsardzības iestādēm, kvalificējot noziedzīgos nodarījumus pēc Krimināllikuma 107. panta otrās daļas, 108. panta un 109. panta trešās daļas, kuru sastāva objektīvo pusi veido pazīme „būtisks kaitējums”, bijis problemātiski atbilstoši šī likuma 23. pantā ietvertā būtiskā kaitējuma definīcijā norādītajam noteikt apdraudējumu citām ar likumu aizsargātajām interesēm un tiesībām meža vides aizsardzībā (</w:t>
       </w:r>
       <w:r w:rsidR="00C64B30" w:rsidRPr="000E5848">
         <w:t>sk. </w:t>
       </w:r>
       <w:r w:rsidRPr="000E5848">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>7. Saeimas</w:t>
       </w:r>
       <w:r w:rsidRPr="000E5848">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E5848">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">likumprojekta Nr. 1091 „Grozījumi likumā „Par Krimināllikuma spēkā stāšanās laiku un kārtību”” </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00197653" w:rsidRPr="000E5848">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>anotāciju</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000E5848">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18CEC1EF" w14:textId="349C80D7" w:rsidR="004F35AF" w:rsidRPr="000E5848" w:rsidRDefault="004F35AF" w:rsidP="000E5848">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000E5848">
         <w:t xml:space="preserve">Līdz ar to Senāts atzīst, ka Īpašā likuma 1. pielikums attiecināms uz </w:t>
       </w:r>
       <w:r w:rsidR="00C4497B" w:rsidRPr="000E5848">
         <w:t xml:space="preserve">noziedzīgiem nodarījumiem, kas kvalificējami pēc </w:t>
@@ -1396,51 +1386,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Senāta 2024. gada 27. jūnija lēmuma lietā </w:t>
       </w:r>
       <w:r w:rsidR="007B4AA6" w:rsidRPr="000E5848">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00612435" w:rsidRPr="000E5848">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>SKK</w:t>
       </w:r>
       <w:r w:rsidR="00612435" w:rsidRPr="000E5848">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t xml:space="preserve">174/2024, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00612435" w:rsidRPr="000E5848">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>ECLI:LV:AT:2024:0627.15830002315.9.L</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00612435" w:rsidRPr="000E5848">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 8.4. punkts</w:t>
       </w:r>
       <w:r w:rsidR="00612435" w:rsidRPr="000E5848">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B9B6984" w14:textId="7387684B" w:rsidR="009456EE" w:rsidRPr="000E5848" w:rsidRDefault="00C42A26" w:rsidP="000E5848">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -1750,51 +1740,51 @@
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30635C66" w14:textId="77777777" w:rsidR="00703D87" w:rsidRPr="000E5848" w:rsidRDefault="00703D87" w:rsidP="000E5848">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08220D4A" w14:textId="77777777" w:rsidR="00404E67" w:rsidRPr="000E5848" w:rsidRDefault="00404E67" w:rsidP="000E5848">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="049D1CB4" w14:textId="77777777" w:rsidR="00447EE6" w:rsidRPr="000E5848" w:rsidRDefault="00447EE6" w:rsidP="000E5848">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00447EE6" w:rsidRPr="000E5848" w:rsidSect="000E5848">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="851" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4BD8654F" w14:textId="77777777" w:rsidR="00F21988" w:rsidRDefault="00F21988" w:rsidP="009A6676">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4AF6372C" w14:textId="77777777" w:rsidR="00F21988" w:rsidRDefault="00F21988" w:rsidP="009A6676">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -2059,149 +2049,151 @@
         </w:tabs>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B9DA8042">
       <w:numFmt w:val="none"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1800880893">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00447EE6"/>
     <w:rsid w:val="00006F08"/>
     <w:rsid w:val="00037C43"/>
     <w:rsid w:val="000436EB"/>
     <w:rsid w:val="00070D5F"/>
     <w:rsid w:val="0007313E"/>
     <w:rsid w:val="00083163"/>
     <w:rsid w:val="00083703"/>
     <w:rsid w:val="000A261B"/>
     <w:rsid w:val="000C04B3"/>
     <w:rsid w:val="000D0F5C"/>
     <w:rsid w:val="000D6C05"/>
     <w:rsid w:val="000E5848"/>
     <w:rsid w:val="00104980"/>
     <w:rsid w:val="001071BB"/>
     <w:rsid w:val="00116AD5"/>
     <w:rsid w:val="00121A2F"/>
     <w:rsid w:val="00132440"/>
     <w:rsid w:val="00132DF3"/>
     <w:rsid w:val="00147682"/>
     <w:rsid w:val="00156B43"/>
     <w:rsid w:val="00170BF8"/>
     <w:rsid w:val="00172A65"/>
     <w:rsid w:val="00177A7F"/>
     <w:rsid w:val="0018443D"/>
     <w:rsid w:val="00186B68"/>
     <w:rsid w:val="00197653"/>
     <w:rsid w:val="001A18C2"/>
+    <w:rsid w:val="001A2386"/>
     <w:rsid w:val="001B310A"/>
     <w:rsid w:val="001C2ABC"/>
     <w:rsid w:val="001E1F12"/>
     <w:rsid w:val="001E5C13"/>
     <w:rsid w:val="00203A39"/>
     <w:rsid w:val="00207B52"/>
     <w:rsid w:val="00226257"/>
     <w:rsid w:val="00242582"/>
     <w:rsid w:val="0025238A"/>
     <w:rsid w:val="00252B48"/>
     <w:rsid w:val="002566DC"/>
     <w:rsid w:val="00263F69"/>
     <w:rsid w:val="00272226"/>
     <w:rsid w:val="00297CC4"/>
     <w:rsid w:val="002B0B95"/>
     <w:rsid w:val="002C25F5"/>
     <w:rsid w:val="002D3B06"/>
     <w:rsid w:val="002D6045"/>
     <w:rsid w:val="002F780C"/>
     <w:rsid w:val="003058DB"/>
     <w:rsid w:val="00315FAD"/>
     <w:rsid w:val="003165AC"/>
     <w:rsid w:val="00325FE9"/>
     <w:rsid w:val="00340F27"/>
     <w:rsid w:val="00346CA5"/>
     <w:rsid w:val="00355726"/>
     <w:rsid w:val="00382B11"/>
     <w:rsid w:val="00391828"/>
     <w:rsid w:val="003928C8"/>
     <w:rsid w:val="003A074A"/>
     <w:rsid w:val="003B23B2"/>
     <w:rsid w:val="003D17DB"/>
     <w:rsid w:val="003D3C75"/>
     <w:rsid w:val="003E3B0F"/>
     <w:rsid w:val="003F2D84"/>
     <w:rsid w:val="003F4FC3"/>
     <w:rsid w:val="00404E67"/>
     <w:rsid w:val="00441F44"/>
     <w:rsid w:val="00447EC4"/>
     <w:rsid w:val="00447EE6"/>
     <w:rsid w:val="00492A95"/>
     <w:rsid w:val="004A543D"/>
     <w:rsid w:val="004A69A5"/>
     <w:rsid w:val="004B1713"/>
     <w:rsid w:val="004B2A94"/>
+    <w:rsid w:val="004D19C2"/>
     <w:rsid w:val="004F35AF"/>
     <w:rsid w:val="00502395"/>
     <w:rsid w:val="0051047C"/>
     <w:rsid w:val="005279FE"/>
     <w:rsid w:val="00543D00"/>
     <w:rsid w:val="00547C02"/>
     <w:rsid w:val="00554AF4"/>
     <w:rsid w:val="00556F8E"/>
     <w:rsid w:val="00567624"/>
     <w:rsid w:val="00571072"/>
     <w:rsid w:val="0057383D"/>
     <w:rsid w:val="00594AAA"/>
     <w:rsid w:val="005B0D1B"/>
     <w:rsid w:val="005B616C"/>
     <w:rsid w:val="005B64C7"/>
     <w:rsid w:val="005D1870"/>
     <w:rsid w:val="005D5ACA"/>
     <w:rsid w:val="005D7E95"/>
     <w:rsid w:val="005F34C8"/>
     <w:rsid w:val="006005E4"/>
     <w:rsid w:val="0060351C"/>
     <w:rsid w:val="00612435"/>
     <w:rsid w:val="00620461"/>
     <w:rsid w:val="006266C1"/>
     <w:rsid w:val="0063631B"/>
@@ -2331,51 +2323,51 @@
     <w:rsid w:val="00F61547"/>
     <w:rsid w:val="00F6276A"/>
     <w:rsid w:val="00F71008"/>
     <w:rsid w:val="00F916B0"/>
     <w:rsid w:val="00FB224E"/>
     <w:rsid w:val="00FC607C"/>
     <w:rsid w:val="00FE1C38"/>
     <w:rsid w:val="00FF5FE7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D46DF4A"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -2778,50 +2770,51 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00447EE6"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -3031,51 +3024,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C64B30"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manas.tiesas.lv/eTiesasMvc/eclinolemumi/ECLI:LV:AT:2024:0627.15830002315.9.L" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saeima.lv/L_Saeima7/lasa-LP1091_1.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saeima.lv/L_Saeima7/lasa-LP1091_1.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/d7a29ed6-57cc-4ab9-b222-39c001dec232" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manas.tiesas.lv/eTiesasMvc/eclinolemumi/ECLI:LV:AT:2024:0627.15830002315.9.L" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3300,69 +3293,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>6982</Words>
-  <Characters>3980</Characters>
+  <Words>7050</Words>
+  <Characters>4020</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10941</CharactersWithSpaces>
+  <CharactersWithSpaces>11048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>