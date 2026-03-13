--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -207,69 +207,71 @@
           <w:color w:val="2B2B2B"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>11860003221</w:t>
       </w:r>
       <w:r w:rsidRPr="0069021A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, SKK</w:t>
       </w:r>
       <w:r w:rsidRPr="0069021A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>48/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DBE39AB" w14:textId="59B0CCB6" w:rsidR="0069021A" w:rsidRPr="0069021A" w:rsidRDefault="0069021A" w:rsidP="0069021A">
+    <w:p w14:paraId="5DBE39AB" w14:textId="08D47E96" w:rsidR="0069021A" w:rsidRPr="0069021A" w:rsidRDefault="00133C4F" w:rsidP="0069021A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0069021A">
-[...5 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="0069021A" w:rsidRPr="00133C4F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          </w:rPr>
+          <w:t>ECLI:LV:AT:2025:0326.11860003221.6.L</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="235F06D4" w14:textId="77777777" w:rsidR="001130ED" w:rsidRPr="0096159E" w:rsidRDefault="001130ED" w:rsidP="0069021A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F95B2DC" w14:textId="48B1AE4C" w:rsidR="001130ED" w:rsidRPr="0096159E" w:rsidRDefault="001130ED" w:rsidP="006C677F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
@@ -5015,51 +5017,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DACEDBF" w14:textId="48FD1830" w:rsidR="00D77E12" w:rsidRPr="0096159E" w:rsidRDefault="00D77E12" w:rsidP="00104D7A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096159E">
         <w:t>Senāts jau agrāk ir norādījis, ka apsūdzētās personas nodoma patieso saturu atklāj arī viņas faktiskās darbības (</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk195084225"/>
       <w:r w:rsidRPr="0096159E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Senāta 2006. gada 28. decembra lēmums lietā Nr. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="0096159E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>SKK</w:t>
         </w:r>
         <w:r w:rsidR="006A3153">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:noBreakHyphen/>
         </w:r>
         <w:r w:rsidRPr="0096159E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>770/2006</w:t>
         </w:r>
       </w:hyperlink>
@@ -6601,51 +6603,51 @@
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0096159E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lietā Nr. SKK</w:t>
       </w:r>
       <w:r w:rsidRPr="0096159E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t xml:space="preserve">153/2021, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="0096159E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>ECLI:LV:AT:2021:1215.15830110509.3.L</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="0070075D" w:rsidRPr="0070075D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 10.3. punkt</w:t>
       </w:r>
       <w:r w:rsidR="0070075D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -7648,51 +7650,51 @@
           <w:tab w:val="left" w:pos="-3120"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096159E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lēmums nav pārsūdzams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3DC135" w14:textId="77777777" w:rsidR="00956FAC" w:rsidRPr="004A0B5E" w:rsidRDefault="00956FAC" w:rsidP="00C3699B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00956FAC" w:rsidRPr="004A0B5E" w:rsidSect="006C677F">
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="262DBF6B" w14:textId="77777777" w:rsidR="00F33744" w:rsidRDefault="00F33744" w:rsidP="005E69C1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7E513219" w14:textId="77777777" w:rsidR="00F33744" w:rsidRDefault="00F33744" w:rsidP="005E69C1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -7761,51 +7763,51 @@
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="39CC59AC" w14:textId="77777777" w:rsidR="00F6564B" w:rsidRPr="00F6564B" w:rsidRDefault="00F377A9" w:rsidP="00F6564B">
+  <w:p w14:paraId="39CC59AC" w14:textId="77777777" w:rsidR="00F6564B" w:rsidRPr="00F6564B" w:rsidRDefault="00133C4F" w:rsidP="00F6564B">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
@@ -8228,51 +8230,51 @@
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="695082080">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2143501801">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1861165201">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -8306,50 +8308,51 @@
     <w:rsid w:val="000A5A18"/>
     <w:rsid w:val="000A6B46"/>
     <w:rsid w:val="000B05F9"/>
     <w:rsid w:val="000B2FEA"/>
     <w:rsid w:val="000B40B7"/>
     <w:rsid w:val="000B5A7F"/>
     <w:rsid w:val="000C2189"/>
     <w:rsid w:val="000C21D6"/>
     <w:rsid w:val="000C283B"/>
     <w:rsid w:val="000D375C"/>
     <w:rsid w:val="000D4A28"/>
     <w:rsid w:val="000E374D"/>
     <w:rsid w:val="000F05DC"/>
     <w:rsid w:val="000F0ABE"/>
     <w:rsid w:val="000F4E48"/>
     <w:rsid w:val="000F4F99"/>
     <w:rsid w:val="000F5331"/>
     <w:rsid w:val="000F743B"/>
     <w:rsid w:val="00100117"/>
     <w:rsid w:val="00104D7A"/>
     <w:rsid w:val="001130ED"/>
     <w:rsid w:val="001140C6"/>
     <w:rsid w:val="0011637C"/>
     <w:rsid w:val="001234D6"/>
     <w:rsid w:val="00125DD8"/>
+    <w:rsid w:val="00133C4F"/>
     <w:rsid w:val="00137D57"/>
     <w:rsid w:val="00140A08"/>
     <w:rsid w:val="00143EF6"/>
     <w:rsid w:val="00144130"/>
     <w:rsid w:val="001466D7"/>
     <w:rsid w:val="0014680F"/>
     <w:rsid w:val="001511BC"/>
     <w:rsid w:val="00153453"/>
     <w:rsid w:val="00164B25"/>
     <w:rsid w:val="00165F53"/>
     <w:rsid w:val="001700C9"/>
     <w:rsid w:val="0017127D"/>
     <w:rsid w:val="001745C0"/>
     <w:rsid w:val="00180000"/>
     <w:rsid w:val="00182D34"/>
     <w:rsid w:val="0019683E"/>
     <w:rsid w:val="001A0904"/>
     <w:rsid w:val="001A0FBF"/>
     <w:rsid w:val="001A1F30"/>
     <w:rsid w:val="001A67AF"/>
     <w:rsid w:val="001A7357"/>
     <w:rsid w:val="001B3D73"/>
     <w:rsid w:val="001C2474"/>
     <w:rsid w:val="001C4112"/>
     <w:rsid w:val="001C4362"/>
@@ -8894,50 +8897,51 @@
     <w:rsid w:val="00DC07F6"/>
     <w:rsid w:val="00DC4215"/>
     <w:rsid w:val="00DC6D4F"/>
     <w:rsid w:val="00DE06B1"/>
     <w:rsid w:val="00DE2380"/>
     <w:rsid w:val="00DE637A"/>
     <w:rsid w:val="00E02922"/>
     <w:rsid w:val="00E075C0"/>
     <w:rsid w:val="00E13546"/>
     <w:rsid w:val="00E17783"/>
     <w:rsid w:val="00E20846"/>
     <w:rsid w:val="00E2163F"/>
     <w:rsid w:val="00E21715"/>
     <w:rsid w:val="00E21B06"/>
     <w:rsid w:val="00E2537B"/>
     <w:rsid w:val="00E26A26"/>
     <w:rsid w:val="00E30557"/>
     <w:rsid w:val="00E3116D"/>
     <w:rsid w:val="00E34245"/>
     <w:rsid w:val="00E36D0D"/>
     <w:rsid w:val="00E3741C"/>
     <w:rsid w:val="00E40921"/>
     <w:rsid w:val="00E418D5"/>
     <w:rsid w:val="00E461D3"/>
     <w:rsid w:val="00E616BF"/>
+    <w:rsid w:val="00E62434"/>
     <w:rsid w:val="00E6454A"/>
     <w:rsid w:val="00E67D41"/>
     <w:rsid w:val="00E76E9B"/>
     <w:rsid w:val="00E77BCC"/>
     <w:rsid w:val="00E8029F"/>
     <w:rsid w:val="00E80AFF"/>
     <w:rsid w:val="00E857E5"/>
     <w:rsid w:val="00E9713F"/>
     <w:rsid w:val="00EA09CE"/>
     <w:rsid w:val="00EA2965"/>
     <w:rsid w:val="00EA3971"/>
     <w:rsid w:val="00EA4185"/>
     <w:rsid w:val="00EB2142"/>
     <w:rsid w:val="00EB2F2A"/>
     <w:rsid w:val="00EC294C"/>
     <w:rsid w:val="00EC3A1B"/>
     <w:rsid w:val="00ED2962"/>
     <w:rsid w:val="00ED3F85"/>
     <w:rsid w:val="00ED522F"/>
     <w:rsid w:val="00ED7989"/>
     <w:rsid w:val="00EE57C9"/>
     <w:rsid w:val="00EE6270"/>
     <w:rsid w:val="00EF20D2"/>
     <w:rsid w:val="00EF4F0C"/>
     <w:rsid w:val="00F04315"/>
@@ -10148,51 +10152,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2121217873">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.at.gov.lv/downloadlawfile/4215" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manas.tiesas.lv/eTiesasMvc/nolemumi/pdf/465774.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateway.elieta.lv/api/v1/PublicMaterialDownload/4cd0ff4f-f97a-43a6-b6dc-aa5b31f5ae3a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manas.tiesas.lv/eTiesasMvc/nolemumi/pdf/465774.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.at.gov.lv/downloadlawfile/4215" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10467,69 +10471,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{913F44D9-C500-4CD0-882D-3DAF09773B55}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>17471</Words>
-  <Characters>9960</Characters>
+  <Words>17540</Words>
+  <Characters>9999</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27377</CharactersWithSpaces>
+  <CharactersWithSpaces>27485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>