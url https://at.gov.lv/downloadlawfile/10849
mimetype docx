--- v0 (2025-10-03)
+++ v1 (2026-03-05)
@@ -113,72 +113,75 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Krimināllietu departamenta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC24A45" w14:textId="4C959A43" w:rsidR="00FC7C6E" w:rsidRPr="0082473F" w:rsidRDefault="00FC7C6E" w:rsidP="00BE0DA3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC7C6E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2025. gada [..]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2630D540" w14:textId="77777777" w:rsidR="00BE0DA3" w:rsidRDefault="00BE0DA3" w:rsidP="00BE0DA3">
+    <w:p w14:paraId="2630D540" w14:textId="15624AEE" w:rsidR="00BE0DA3" w:rsidRDefault="00BE0DA3" w:rsidP="00BE0DA3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0082473F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>LĒMUMS</w:t>
       </w:r>
-      <w:r w:rsidRPr="0082473F" w:rsidDel="000D5B2A">
-        <w:rPr>
+      <w:r w:rsidR="00B87561" w:rsidRPr="00B31F82">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7BF8E0" w14:textId="5F128BB5" w:rsidR="00FC7C6E" w:rsidRDefault="007E26CA" w:rsidP="00FC7C6E">
+    <w:p w14:paraId="1A7BF8E0" w14:textId="116391AF" w:rsidR="00FC7C6E" w:rsidRDefault="007E26CA" w:rsidP="00FC7C6E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF69A6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Lieta Nr. [..], </w:t>
       </w:r>
       <w:r w:rsidR="00FC7C6E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -225,59 +228,50 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00FC7C6E" w:rsidRPr="00FC7C6E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00FC7C6E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/2025</w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A0A628" w14:textId="586B7A68" w:rsidR="00FC7C6E" w:rsidRPr="0082473F" w:rsidRDefault="00FC7C6E" w:rsidP="00FC7C6E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC7C6E">
         <w:t>ECLI:LV:AT:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> [..]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8B4F35" w14:textId="77777777" w:rsidR="0003340A" w:rsidRPr="000A0BEB" w:rsidRDefault="0003340A" w:rsidP="007E036C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -9229,51 +9223,51 @@
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="54AF033A" w14:textId="77777777" w:rsidR="007F0F05" w:rsidRDefault="007F0F05" w:rsidP="00F7767B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="17D6AE83" w14:textId="77777777" w:rsidR="007F0F05" w:rsidRDefault="007F0F05" w:rsidP="00F7767B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="672B2F21" w14:textId="77777777" w:rsidR="00FC7C6E" w:rsidRDefault="00FC7C6E" w:rsidP="00FC7C6E">
+    <w:p w14:paraId="18BFE935" w14:textId="77777777" w:rsidR="00B87561" w:rsidRDefault="00B87561" w:rsidP="00B87561">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D4D39">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Slēgtas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D4D39">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -10706,50 +10700,51 @@
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E9066B"/>
+    <w:rsid w:val="00000398"/>
     <w:rsid w:val="000004A9"/>
     <w:rsid w:val="000006A8"/>
     <w:rsid w:val="0000086B"/>
     <w:rsid w:val="000008F4"/>
     <w:rsid w:val="0000289C"/>
     <w:rsid w:val="000058D2"/>
     <w:rsid w:val="00006B05"/>
     <w:rsid w:val="00010F95"/>
     <w:rsid w:val="0001293E"/>
     <w:rsid w:val="000133AB"/>
     <w:rsid w:val="000138B7"/>
     <w:rsid w:val="0001597C"/>
     <w:rsid w:val="00022706"/>
     <w:rsid w:val="0002403E"/>
     <w:rsid w:val="000245FF"/>
     <w:rsid w:val="00024F56"/>
     <w:rsid w:val="0003019E"/>
     <w:rsid w:val="0003340A"/>
     <w:rsid w:val="00034089"/>
     <w:rsid w:val="00036476"/>
     <w:rsid w:val="00041472"/>
     <w:rsid w:val="00041854"/>
     <w:rsid w:val="00042C8C"/>
     <w:rsid w:val="00042D15"/>
     <w:rsid w:val="000438E5"/>
@@ -11460,50 +11455,51 @@
     <w:rsid w:val="00B34E7A"/>
     <w:rsid w:val="00B4034A"/>
     <w:rsid w:val="00B433DD"/>
     <w:rsid w:val="00B437B1"/>
     <w:rsid w:val="00B438AC"/>
     <w:rsid w:val="00B44AC5"/>
     <w:rsid w:val="00B4686E"/>
     <w:rsid w:val="00B4715F"/>
     <w:rsid w:val="00B529A6"/>
     <w:rsid w:val="00B52C8B"/>
     <w:rsid w:val="00B53B86"/>
     <w:rsid w:val="00B556D8"/>
     <w:rsid w:val="00B60DF7"/>
     <w:rsid w:val="00B611E2"/>
     <w:rsid w:val="00B62D7B"/>
     <w:rsid w:val="00B71718"/>
     <w:rsid w:val="00B737E2"/>
     <w:rsid w:val="00B76208"/>
     <w:rsid w:val="00B80B91"/>
     <w:rsid w:val="00B814F6"/>
     <w:rsid w:val="00B83C84"/>
     <w:rsid w:val="00B83D3B"/>
     <w:rsid w:val="00B84316"/>
     <w:rsid w:val="00B84DC1"/>
     <w:rsid w:val="00B872DA"/>
+    <w:rsid w:val="00B87561"/>
     <w:rsid w:val="00B87F76"/>
     <w:rsid w:val="00B94A5B"/>
     <w:rsid w:val="00B973CC"/>
     <w:rsid w:val="00B97D97"/>
     <w:rsid w:val="00BA7004"/>
     <w:rsid w:val="00BA7B2B"/>
     <w:rsid w:val="00BA7D90"/>
     <w:rsid w:val="00BB0A4C"/>
     <w:rsid w:val="00BC2C0B"/>
     <w:rsid w:val="00BC4C1B"/>
     <w:rsid w:val="00BC6608"/>
     <w:rsid w:val="00BC7F17"/>
     <w:rsid w:val="00BD0827"/>
     <w:rsid w:val="00BD1E84"/>
     <w:rsid w:val="00BD61C7"/>
     <w:rsid w:val="00BD72B5"/>
     <w:rsid w:val="00BD7C12"/>
     <w:rsid w:val="00BE0B43"/>
     <w:rsid w:val="00BE0DA3"/>
     <w:rsid w:val="00BE2924"/>
     <w:rsid w:val="00BE48F5"/>
     <w:rsid w:val="00BE5532"/>
     <w:rsid w:val="00BF0241"/>
     <w:rsid w:val="00BF0CFC"/>
     <w:rsid w:val="00BF12BE"/>
@@ -13468,69 +13464,69 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00B28F27-E01D-4E68-BA43-B062585DAD40}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>10459</Words>
-  <Characters>5963</Characters>
+  <Characters>5962</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16390</CharactersWithSpaces>
+  <CharactersWithSpaces>16389</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>