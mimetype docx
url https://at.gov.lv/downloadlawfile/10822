--- v0 (2025-10-03)
+++ v1 (2026-03-05)
@@ -130,60 +130,84 @@
       </w:r>
       <w:r w:rsidRPr="005A5AAC">
         <w:t xml:space="preserve"> esošos pierādījumus, lai konstatētu, vai apsūdzētais ir izdarījis apsūdzībā norādītās faktiskās darbības un vai pastāv saprātīgas šaubas, ka personas nāve iestājusies apsūdzētajam inkriminēto faktisko darbību rezultātā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F3B84E0" w14:textId="77777777" w:rsidR="00B65637" w:rsidRPr="005A5AAC" w:rsidRDefault="00B65637" w:rsidP="00B65637">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C8FEE1B" w14:textId="77777777" w:rsidR="00B65637" w:rsidRPr="005A5AAC" w:rsidRDefault="00B65637" w:rsidP="00B65637">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5AAC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Aprūpes nesniegšana jaundzimušam bērnam kā slepkavība, vainīgajam apzinoties, ka noslepkavotā persona ir bijusi bezpalīdzības stāvoklī</w:t>
+        <w:t xml:space="preserve">Aprūpes nesniegšana </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A5AAC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>jaundzimušam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A5AAC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bērnam kā slepkavība, vainīgajam apzinoties, ka noslepkavotā persona ir bijusi bezpalīdzības stāvoklī</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5200AF12" w14:textId="7F492239" w:rsidR="00B65637" w:rsidRPr="005A5AAC" w:rsidRDefault="00B65637" w:rsidP="00B65637">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005A5AAC">
-        <w:t>Krimināllikuma 117. panta 2. punktā paredzētā noziedzīgā nodarījuma objektīvā puse var izpausties kā bezdarbība, ko persona pieļāvusi, atstājot jaundzimušu bērnu bezpalīdzības stāvoklī un nesniedzot primāro aprūpi, kā rezultātā iestājusies jaundzimušā nāve, ja šai personai bija pienākums novērst jaundzimušā bērna nāves iestāšanos un viņa varēja to izdarīt.</w:t>
+        <w:t xml:space="preserve">Krimināllikuma 117. panta 2. punktā paredzētā noziedzīgā nodarījuma objektīvā puse var izpausties kā bezdarbība, ko persona pieļāvusi, atstājot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A5AAC">
+        <w:t>jaundzimušu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A5AAC">
+        <w:t xml:space="preserve"> bērnu bezpalīdzības stāvoklī un nesniedzot primāro aprūpi, kā rezultātā iestājusies jaundzimušā nāve, ja šai personai bija pienākums novērst jaundzimušā bērna nāves iestāšanos un viņa varēja to izdarīt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66EFDF17" w14:textId="4FC70981" w:rsidR="00B65637" w:rsidRDefault="00B65637" w:rsidP="00B65637">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005A5AAC">
         <w:t>Lai norobežotu Krimināllikuma 117.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A5AAC">
         <w:t>panta 2.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A5AAC">
         <w:t>punktā paredzēto slepkavību no Krimināllikuma 141.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
@@ -279,93 +303,93 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Krimināllietu departamenta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A177A0" w14:textId="3A5BFFA9" w:rsidR="00B31F82" w:rsidRPr="005928DD" w:rsidRDefault="00B31F82" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005928DD">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2025. gada [..]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30895DED" w14:textId="215E2AED" w:rsidR="00D924FC" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
+    <w:p w14:paraId="30895DED" w14:textId="56453A5F" w:rsidR="00D924FC" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
         <w:t>LĒMUMS</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="000D60CA" w:rsidRPr="00B31F82">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B31F82">
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40D13951" w14:textId="1362F45C" w:rsidR="00B31F82" w:rsidRPr="00B31F82" w:rsidRDefault="00B31F82" w:rsidP="00B31F82">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Lieta Nr. [..], SKK-[A]/2025</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00B31F82">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:footnoteReference w:id="1"/>
+        <w:t>Lieta Nr. [..], SKK-[A]/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C16964D" w14:textId="66BE0E7F" w:rsidR="00B31F82" w:rsidRDefault="00B31F82" w:rsidP="00B31F82">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0080371E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ECLI:LV:AT:202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -741,58 +765,60 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
       <w:r w:rsidR="001C6AE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> valsts labā piedzīta cietušajai izmaksātā valsts kompensācija 2150 </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D61AE2D" w14:textId="77777777" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3763DB26" w14:textId="3DE341C5" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
@@ -1613,51 +1639,65 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> nodarījumu un kaitīgajām sekām, kas ir obligāta šā noziedzīgā nodarījuma sastāva pazīme. Proti, tiesa atzinusi, ka apsūdzētā slepkavību ir izdarījusi gan pasīvi, atstājot jaundzimušo bezpalīdzības stāvoklī un nesniedzot viņam primāro aprūpi, gan ar aktīvu darbību, apzināti nošķirot jaundzimušo no mātes uzreiz pēc dzemdībām mājas apstākļos un viņu aiznesot, izmantojot mātes nespēju pretoties.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16525F0A" w14:textId="77777777" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lai arī tiesību doktrīnā ir norādīts, ka slepkavība var tikt izdarīta kā ar aktīvu darbību, tā arī ar bezdarbību, slepkavību nevar izdarīt abos veidos vienlaicīgi, jo katru no tiem raksturo atšķirīgi faktiskie apstākļi, kas ņemami vērā, vērtējot cēloņsakarības esību vai neesību starp nodarījumu un sekām. </w:t>
+        <w:t xml:space="preserve">Lai arī tiesību doktrīnā ir norādīts, ka slepkavība var tikt izdarīta kā ar aktīvu darbību, tā arī ar bezdarbību, slepkavību nevar izdarīt abos veidos vienlaicīgi, jo katru no tiem raksturo atšķirīgi faktiskie apstākļi, kas ņemami vērā, vērtējot cēloņsakarības esību vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>neesību</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> starp nodarījumu un sekām. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DFCB6AB" w14:textId="6BA54939" w:rsidR="00954699" w:rsidRPr="00FE0007" w:rsidRDefault="00954699" w:rsidP="00954699">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretrunīgs nolēmums nav atzīstams par tiesisku un pamatotu Kriminālprocesa likuma 511. panta otrās daļas un 512. panta pirmās daļas izpratnē, un tas ir pamats apelācijas instances tiesas lēmuma atcelšanai. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7114BDD3" w14:textId="6D75AD98" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -1693,51 +1733,65 @@
         </w:rPr>
         <w:t xml:space="preserve">atzinusi par vainīgu slepkavības izdarīšanā un nav vērtējusi, vai viņas darbībās nav saskatāmas Krimināllikuma 141. pantā paredzētā noziedzīgā nodarījuma sastāva pazīmes.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C2CFAC" w14:textId="5F2E3DE7" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[4.3]</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Apelācijas instances tiesa, taisot nolēmumu, ir pieļāvusi Kriminālprocesa likuma 563. panta pirmās daļas 3. punkta un 564. panta piektās daļas pārkāpumus, jo, konstatējot no pirmās instances tiesas sprieduma atšķirīgus slepkavības faktiskos apstākļus, nav sniegusi jaunu noziedzīga nodarījuma aprakstu. Pirmās instances tiesa sprieduma aprakstošajā daļā norādījusi, ka apsūdzētā prettiesiski tīši nonāvējusi jaundzimušo bērnu izmeklēšanā nenoskaidrotos apstākļos. Savukārt apelācijas instances tiesa atzinusi, ka, apzināti nošķirot jaundzimušu bērnu no mātes uzreiz pēc </w:t>
+        <w:t xml:space="preserve"> Apelācijas instances tiesa, taisot nolēmumu, ir pieļāvusi Kriminālprocesa likuma 563. panta pirmās daļas 3. punkta un 564. panta piektās daļas pārkāpumus, jo, konstatējot no pirmās instances tiesas sprieduma atšķirīgus slepkavības faktiskos apstākļus, nav sniegusi jaunu noziedzīga nodarījuma aprakstu. Pirmās instances tiesa sprieduma aprakstošajā daļā norādījusi, ka apsūdzētā prettiesiski tīši nonāvējusi jaundzimušo bērnu izmeklēšanā nenoskaidrotos apstākļos. Savukārt apelācijas instances tiesa atzinusi, ka, apzināti nošķirot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>jaundzimušu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bērnu no mātes uzreiz pēc </w:t>
       </w:r>
       <w:r w:rsidR="008151CD" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">mājas apstākļos notikušām </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>dzemdībām, kad māte tam nespēja pretoties, apsūdzētā faktiski liegusi bērnam iespēju izdzīvot, tādējādi noslepkavoj</w:t>
       </w:r>
       <w:r w:rsidR="008151CD" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> viņu.  </w:t>
       </w:r>
@@ -3045,101 +3099,179 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7289214A" w14:textId="78E85E09" w:rsidR="00684B45" w:rsidRPr="00FE0007" w:rsidRDefault="00684B45" w:rsidP="00E60540">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[5.3] Eiropas Cilvēktiesību tiesa lietā „</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Previti c. Italie”</w:t>
-[...32 lines deleted...]
-      </w:r>
+        <w:t>Previti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Eiropas Cilvēktiesību tiesas 2009. gada 8. decembra lēmuma lietā „Previti c. Italie”, iesnieguma Nr. </w:t>
+        <w:t xml:space="preserve"> c. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Italie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vērtējot apsūdzības detalizētību, atzinusi, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67114" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apsūdzība pēc būtības tiek izteikta kodolīgi un sīkāka informācija par nodarījumu parasti izriet no citiem lietas materiāliem, kas aizstāvībai ir pieejama</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67114" w:rsidRPr="00FE0007" w:rsidDel="00F67114">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eiropas Cilvēktiesību tiesas 2009. gada 8. decembra lēmuma lietā „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Previti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> c. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Italie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”, iesnieguma Nr. </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00FE0007">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>45291/06</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 208. punkts</w:t>
       </w:r>
@@ -3168,52 +3300,65 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eiropas Cilvēktiesību tiesas 1977. gada 9. maija lēmums lietā „</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r w:rsidR="00F2559F" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>v. Belgium</w:t>
-      </w:r>
+        <w:t xml:space="preserve">v. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F2559F" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Belgium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”, iesnieguma Nr. </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00FE0007">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:t>7628/76</w:t>
         </w:r>
       </w:hyperlink>
@@ -3767,190 +3912,286 @@
         </w:rPr>
         <w:t>, 11221007013</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA7084C" w14:textId="558E11A9" w:rsidR="00E1185D" w:rsidRPr="00FE0007" w:rsidRDefault="00E1185D" w:rsidP="00E1185D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Tiesību doktrīnā ir pausts viedoklis, ka līķa apgānīšana var izpausties kā ņirgāšanās par līķi, tā izķēmošana, sadalīšana, dedzināšana, kā kanibālisms un citādi. Šāda nozieguma motivācija galvenokārt saistīta ar vēlmi paņirgāties par mirušā ķermeni vai arī vēlēšanos slēpt iepriekš izdarītu slepkavību, kad tiek izdarīta līķa sadalīšana, sadedzināšana, nolikšana uz sliedēm, lai līķi sabrauktu vilciens u. tml. (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00901A29" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Liholaja V. 117. panta komentārs. Grām</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:t>Liholaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00901A29" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE0007">
+        <w:t xml:space="preserve"> V. 117. panta komentārs. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00901A29" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Krimināllikuma komentāri. Otrā daļa (IX–</w:t>
-      </w:r>
+        <w:t>Grām</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>XVII </w:t>
+        <w:t>.:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">nodaļa). Trešais papildinātais izdevums. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00901A29" w:rsidRPr="00FE0007">
+        <w:t>Krimināllikuma komentāri. Otrā daļa (IX–</w:t>
+      </w:r>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Krastiņš U., Liholaja V. </w:t>
+        <w:t>XVII </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Rīga: Tiesu namu aģentūra. 2022, 265</w:t>
+        <w:t xml:space="preserve">nodaļa). Trešais papildinātais izdevums. </w:t>
       </w:r>
       <w:r w:rsidR="00901A29" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE0007">
+        <w:t xml:space="preserve">Krastiņš U., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00901A29" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>–267. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:t>Liholaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00901A29" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>lpp.</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:t xml:space="preserve"> V. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Liholaja V. 228. panta komentārs.</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:t>Rīga: Tiesu namu aģentūra. 2022, 265</w:t>
+      </w:r>
+      <w:r w:rsidR="00901A29" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grām.: </w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Krimināllikuma komentāri. Trešā daļa (XVIII–XXV nodaļa). Trešais papildinātais izdevums. </w:t>
+        <w:t>–267. </w:t>
       </w:r>
       <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Krastiņš U., Liholaja V., Hamkova D. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE0007">
+        <w:t>lpp.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>). Līķa (apbedīta vai neapbedīta) apgānīšana var izpausties kapa atrakšanā, lai ņirgātos par līķi, līķa pārvietošanā no kapa uz citu vietu, apbedīta vai neapbedīta līķa izģērbšanā, sadalīšanā, izķēmošanā, tā orgānu vai audu izņemšanā, nekrofilijas aktā un tamlīdzīgās darbībās (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Rīga: Tiesu namu aģentūra. 2023, 296.–298. </w:t>
-      </w:r>
+        <w:t>Liholaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t xml:space="preserve"> V. 228. panta komentārs.</w:t>
+      </w:r>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Grām</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Krimināllikuma komentāri. Trešā daļa (XVIII–XXV nodaļa). Trešais papildinātais izdevums. </w:t>
+      </w:r>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Krastiņš U., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Liholaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Hamkova</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Rīga: Tiesu namu aģentūra. 2023, 296.–298. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0032373D" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>lpp</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A9D5D8E" w14:textId="6CACAC85" w:rsidR="00E1185D" w:rsidRPr="00FE0007" w:rsidRDefault="00ED061A" w:rsidP="00E1185D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[6.1.2] </w:t>
       </w:r>
       <w:r w:rsidR="00E1185D" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -5381,51 +5622,65 @@
         </w:rPr>
         <w:t xml:space="preserve">Apelācijas instances tiesa pievienojusies pirmās instances tiesas atzinumiem un lēmumā norādījusi, ka apsūdzētā </w:t>
       </w:r>
       <w:r w:rsidR="001C6AE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00641DE4" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> jaundzimušo bērnu noslepkavoja pasīvi, atstājot viņu bezpalīdzības stāvoklī un nesniedzot primāro aprūpi, lai gan viņas pienākums bija novērst </w:t>
       </w:r>
       <w:r w:rsidR="00060790" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>jaundzimušā</w:t>
       </w:r>
       <w:r w:rsidR="00641DE4" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nāves iestāšanos un viņa varēja to izdarīt. Turklāt apsūdzētā, sākoties mazmeitas dzemdībām, neizsauca neatliekamo medicīnisko palīdzību, lai gan cietusī to vairākkārt lūdza. Apzināti nošķirot jaundzimušu bērnu no mātes uzreiz pēc </w:t>
+        <w:t xml:space="preserve"> nāves iestāšanos un viņa varēja to izdarīt. Turklāt apsūdzētā, sākoties mazmeitas dzemdībām, neizsauca neatliekamo medicīnisko palīdzību, lai gan cietusī to vairākkārt lūdza. Apzināti nošķirot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00641DE4" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>jaundzimušu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00641DE4" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bērnu no mātes uzreiz pēc </w:t>
       </w:r>
       <w:r w:rsidR="00354785" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">mājas apstākļos notikušām </w:t>
       </w:r>
       <w:r w:rsidR="00641DE4" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">dzemdībām, kad māte tam nespēja pretoties, apsūdzētā </w:t>
       </w:r>
       <w:r w:rsidR="001C6AE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00A55D3E" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5808,92 +6063,130 @@
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Krastiņš U.,</w:t>
       </w:r>
       <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">9. panta komentārs. Grām.: Krimināllikuma komentāri. </w:t>
+        <w:t xml:space="preserve">9. panta komentārs. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Grām</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: Krimināllikuma komentāri. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Krimināllikuma komentāri. Pirmā daļa (I–VIII</w:t>
       </w:r>
       <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">Krastiņš U., Liholaja V. </w:t>
+        <w:t xml:space="preserve">Krastiņš U., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Liholaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Rīga: Tiesu namu aģentūra. 20</w:t>
       </w:r>
       <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
@@ -6264,92 +6557,142 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> daļā </w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00360574" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>norādīto nāvi, var izpausties tikai kā neuzmanība (</w:t>
       </w:r>
       <w:r w:rsidR="00360574" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">plašāk sk. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Liholaja V.</w:t>
-      </w:r>
+        <w:t>Liholaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t> V.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> 141. panta komentārs. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Grām</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: </w:t>
+      </w:r>
+      <w:r w:rsidR="00360574" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Krimināllikuma komentāri. Otrā daļa (IX–XVII). </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Krastiņš U., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Liholaja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E83629" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> V. </w:t>
+      </w:r>
+      <w:r w:rsidR="00360574" w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Rīga: Tiesu namu aģentūra. 2022. 398.–399. lpp.</w:t>
       </w:r>
       <w:r w:rsidR="00360574" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E7E247" w14:textId="30017CE3" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00E02B61">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
@@ -6369,51 +6712,69 @@
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">izvērtējusi Krimināllikuma 117. panta 2. punktā paredzētā noziedzīgā nodarījuma faktiskos apstākļus un pievienojusies pirmās instances tiesas secinājumam, ka </w:t>
       </w:r>
       <w:r w:rsidR="001C6AE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> jaundzimušā slepkavību izdarījusi tīši ar tiešu nodomu, jo viņa apzinājusies savu darbību raksturu, paredzējusi jaundzimušā bērna nāves iestāšanos un vēlējusies to. Abu instanču tiesas secinājušas, ka apsūdzētā ir ieguvusi ārsta palīga izglītību un viņai ir zināšanas dzemdniecībā, tādēļ viņa zināja, ka, nošķirot jaundzimušu bērnu no mātes uzreiz pēc dzemdībām mājas apstākļos, kā arī</w:t>
+        <w:t xml:space="preserve"> jaundzimušā slepkavību izdarījusi tīši ar tiešu nodomu, jo viņa apzinājusies savu darbību raksturu, paredzējusi jaundzimušā bērna nāves iestāšanos un vēlējusies to. Abu instanču tiesas secinājušas, ka apsūdzētā ir ieguvusi ārsta palīga izglītību un viņai ir zināšanas dzemdniecībā, tādēļ viņa zināja, ka, nošķirot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>jaundzimušu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bērnu no mātes uzreiz pēc dzemdībām mājas apstākļos, kā arī</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">jaundzimušajam nesniedzot nepieciešamo primāro aprūpi, viņa faktiski liedza bērnam iespēju izdzīvot, un tādā veidā jaundzimušo noslepkavoja. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E08A25" w14:textId="5D686167" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -6792,57 +7153,67 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F422D6" w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>] </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE0007">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Pirmstiesas kriminālprocesā apsūdzētajai </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Pirmstiesas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kriminālprocesā apsūdzētajai </w:t>
       </w:r>
       <w:r w:rsidR="001C6AE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve"> piemērots drošības līdzeklis – apcietinājums –, kuru zemāko instanču tiesas atstājušas negrozītu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14918DAA" w14:textId="591550B4" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -6902,51 +7273,69 @@
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t xml:space="preserve">Senāts atzīst, ka apsūdzētajai noteiktā drošības līdzekļa – apcietinājuma – piemērošana ir turpināma. Piemērotais drošības līdzeklis izskatāmajā lietā atzīstams par samērīgu un nepamatoti neierobežo apsūdzētās </w:t>
       </w:r>
       <w:r w:rsidR="001C6AE7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pamattiesības.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>pamattiesības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE0007">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FEC0A03" w14:textId="77777777" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D48FE97" w14:textId="77777777" w:rsidR="00D924FC" w:rsidRPr="00FE0007" w:rsidRDefault="00D924FC" w:rsidP="00D924FC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0007">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
@@ -7385,51 +7774,51 @@
   <w:p w14:paraId="7AC255E4" w14:textId="77777777" w:rsidR="002551A9" w:rsidRDefault="002551A9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="53F6BB3D" w14:textId="77777777" w:rsidR="002C189F" w:rsidRDefault="002C189F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4F5DAC7B" w14:textId="77777777" w:rsidR="002C189F" w:rsidRDefault="002C189F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="379104A1" w14:textId="124D1994" w:rsidR="00B31F82" w:rsidRDefault="00B31F82">
+    <w:p w14:paraId="38DD3D42" w14:textId="77777777" w:rsidR="000D60CA" w:rsidRDefault="000D60CA" w:rsidP="000D60CA">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Slēgtas lietas statuss.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F2E6171"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5289C70"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
@@ -7505,57 +7894,58 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1091392736">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D924FC"/>
     <w:rsid w:val="000022BB"/>
     <w:rsid w:val="0001286D"/>
     <w:rsid w:val="00013606"/>
     <w:rsid w:val="00014FB0"/>
     <w:rsid w:val="00016443"/>
     <w:rsid w:val="000165AC"/>
@@ -7596,50 +7986,51 @@
     <w:rsid w:val="000876AD"/>
     <w:rsid w:val="00087E51"/>
     <w:rsid w:val="0009006F"/>
     <w:rsid w:val="00090E51"/>
     <w:rsid w:val="00091FAF"/>
     <w:rsid w:val="00092ABB"/>
     <w:rsid w:val="0009441D"/>
     <w:rsid w:val="000A0F33"/>
     <w:rsid w:val="000A1553"/>
     <w:rsid w:val="000A1877"/>
     <w:rsid w:val="000A1C16"/>
     <w:rsid w:val="000A423D"/>
     <w:rsid w:val="000A5975"/>
     <w:rsid w:val="000A5CF5"/>
     <w:rsid w:val="000B2227"/>
     <w:rsid w:val="000B24F4"/>
     <w:rsid w:val="000B762C"/>
     <w:rsid w:val="000C13FA"/>
     <w:rsid w:val="000C142B"/>
     <w:rsid w:val="000C208D"/>
     <w:rsid w:val="000C5409"/>
     <w:rsid w:val="000D25DC"/>
     <w:rsid w:val="000D3BEB"/>
     <w:rsid w:val="000D5AC2"/>
     <w:rsid w:val="000D5EA2"/>
+    <w:rsid w:val="000D60CA"/>
     <w:rsid w:val="000D646C"/>
     <w:rsid w:val="000D6780"/>
     <w:rsid w:val="000E0CDB"/>
     <w:rsid w:val="000E139F"/>
     <w:rsid w:val="000E1561"/>
     <w:rsid w:val="000E3420"/>
     <w:rsid w:val="000E6F8F"/>
     <w:rsid w:val="000E726C"/>
     <w:rsid w:val="000F05C0"/>
     <w:rsid w:val="000F20E9"/>
     <w:rsid w:val="000F2940"/>
     <w:rsid w:val="000F6DF2"/>
     <w:rsid w:val="000F7CB1"/>
     <w:rsid w:val="001006FA"/>
     <w:rsid w:val="00104194"/>
     <w:rsid w:val="001042AD"/>
     <w:rsid w:val="00106B6D"/>
     <w:rsid w:val="00107BF3"/>
     <w:rsid w:val="00113ABC"/>
     <w:rsid w:val="00114CD0"/>
     <w:rsid w:val="00115331"/>
     <w:rsid w:val="00116AAE"/>
     <w:rsid w:val="001220BB"/>
     <w:rsid w:val="001224C6"/>
     <w:rsid w:val="00125D31"/>
@@ -7660,50 +8051,51 @@
     <w:rsid w:val="00173FA3"/>
     <w:rsid w:val="00174FF0"/>
     <w:rsid w:val="001754E3"/>
     <w:rsid w:val="00176836"/>
     <w:rsid w:val="00177FB4"/>
     <w:rsid w:val="00190DD6"/>
     <w:rsid w:val="00193A4C"/>
     <w:rsid w:val="00196BE1"/>
     <w:rsid w:val="001A1E80"/>
     <w:rsid w:val="001A2A8A"/>
     <w:rsid w:val="001A2BFC"/>
     <w:rsid w:val="001A31D5"/>
     <w:rsid w:val="001B0F59"/>
     <w:rsid w:val="001B361F"/>
     <w:rsid w:val="001B36E9"/>
     <w:rsid w:val="001B5824"/>
     <w:rsid w:val="001C3465"/>
     <w:rsid w:val="001C6037"/>
     <w:rsid w:val="001C6AE7"/>
     <w:rsid w:val="001D127D"/>
     <w:rsid w:val="001D3AA2"/>
     <w:rsid w:val="001D776B"/>
     <w:rsid w:val="001E1D71"/>
     <w:rsid w:val="001E44AC"/>
     <w:rsid w:val="001E575A"/>
+    <w:rsid w:val="001E7C80"/>
     <w:rsid w:val="001F051B"/>
     <w:rsid w:val="001F1A3D"/>
     <w:rsid w:val="001F1FC9"/>
     <w:rsid w:val="001F4B79"/>
     <w:rsid w:val="001F6E83"/>
     <w:rsid w:val="001F7700"/>
     <w:rsid w:val="00200A1D"/>
     <w:rsid w:val="00200E58"/>
     <w:rsid w:val="002028D2"/>
     <w:rsid w:val="00203580"/>
     <w:rsid w:val="00206D1B"/>
     <w:rsid w:val="00212F40"/>
     <w:rsid w:val="00213512"/>
     <w:rsid w:val="002140C7"/>
     <w:rsid w:val="0021433E"/>
     <w:rsid w:val="0022048E"/>
     <w:rsid w:val="00222EB8"/>
     <w:rsid w:val="00232FEF"/>
     <w:rsid w:val="00235840"/>
     <w:rsid w:val="0023638D"/>
     <w:rsid w:val="00236CA5"/>
     <w:rsid w:val="0024012B"/>
     <w:rsid w:val="00243537"/>
     <w:rsid w:val="00247E84"/>
     <w:rsid w:val="00252171"/>
@@ -8525,51 +8917,51 @@
     <w:rsid w:val="00FD7ECB"/>
     <w:rsid w:val="00FE0007"/>
     <w:rsid w:val="00FE0BBE"/>
     <w:rsid w:val="00FE3EE6"/>
     <w:rsid w:val="00FF194C"/>
     <w:rsid w:val="00FF217F"/>
     <w:rsid w:val="00FF4A4E"/>
     <w:rsid w:val="00FF4CC7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="11AF9B77"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>