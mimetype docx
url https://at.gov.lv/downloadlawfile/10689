--- v0 (2025-10-07)
+++ v1 (2026-03-07)
@@ -2,96 +2,150 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4DE181A1" w14:textId="77777777" w:rsidR="006B69E0" w:rsidRDefault="006B69E0" w:rsidP="006B69E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Izmeklēšanas darbības daļējs ieraksts Kriminālprocesa likuma 143. panta otrās daļas izpratnē</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F36CA10" w14:textId="77777777" w:rsidR="006B69E0" w:rsidRDefault="006B69E0" w:rsidP="006B69E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Par daļēju ierakstu, kas atbilstoši Kriminālprocesa likuma 143. panta otrajai daļai un 130. panta otrās daļas 3. punktam atzīstams par nepieļaujamu, uzskatāms tāds ieraksts, kurā nav fiksēta Kriminālprocesa likuma 143. panta 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t> daļā norādītā informācija, visa izmeklēšanas darbības gaita un laiks, kad šī darbība ir pabeigta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F2BA14" w14:textId="77777777" w:rsidR="006B69E0" w:rsidRDefault="006B69E0" w:rsidP="006B69E0">
+    <w:p w14:paraId="53F2BA14" w14:textId="5C1AA80E" w:rsidR="006B69E0" w:rsidRDefault="006B69E0" w:rsidP="00AA44C2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Ja procesuālā darbība tiek fiksēta skaņu un attēlu ieraksta veidā, skaņas un attēla ieraksta nesakritība laikā, kā arī tas, ka atsevišķās ieraksta daļās nav redzama pratināmā persona vai procesuālās darbības veicējs, nevar būt par pamatu atzinumam, ka skaņas un attēlu ieraksts ir daļējs un šī iemesla dēļ nav izmantojams pierādīšanā. Skaņu un attēlu ierakstā fiksētās izmeklēšanas darbības laikā iegūto ziņu ticamība ir izvērtējama, ievērojot Kriminālprocesa likuma 128. panta otrās un trešās daļas nosacījumus.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA44C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA44C2" w:rsidRPr="00AA44C2">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA44C2" w:rsidRPr="00AA44C2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skatīt JUDIKATŪRAS MAIŅU </w:t>
+      </w:r>
+      <w:r w:rsidR="00D758BE">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nolēmumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00D758BE" w:rsidRPr="00AA44C2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA44C2" w:rsidRPr="00AA44C2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>SK</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA44C2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>K-[H]</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA44C2" w:rsidRPr="00AA44C2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA44C2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA44C2" w:rsidRPr="00AA44C2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15FBD956" w14:textId="77777777" w:rsidR="006B69E0" w:rsidRDefault="006B69E0" w:rsidP="006B69E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A27DB7D" w14:textId="77777777" w:rsidR="006B69E0" w:rsidRPr="0066786C" w:rsidRDefault="006B69E0" w:rsidP="006B69E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -701,73 +755,73 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ajā</w:t>
       </w:r>
       <w:r w:rsidRPr="00363F59">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> noziedzīg</w:t>
       </w:r>
       <w:r w:rsidR="00E850BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ajā</w:t>
       </w:r>
       <w:r w:rsidRPr="00363F59">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nodarījum</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00363F59">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>nodarījum</w:t>
       </w:r>
       <w:r w:rsidR="00E850BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="00C610A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un sodīts ar brīvības atņemšanu uz 18 gadiem un probācijas uzraudzību uz </w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> un sodīts ar brīvības atņemšanu uz 18 gadiem un probācijas uzraudzību uz 5</w:t>
       </w:r>
       <w:r w:rsidR="00A929DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C610A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gadiem</w:t>
       </w:r>
       <w:r w:rsidR="00C26139">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABA0A02" w14:textId="78C505A5" w:rsidR="00C610A7" w:rsidRPr="00363F59" w:rsidRDefault="006B69E0" w:rsidP="00BE4E2C">
       <w:pPr>
@@ -2391,51 +2445,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s apstiprina, ka</w:t>
       </w:r>
       <w:r w:rsidR="0035792E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apsūdzībā norādītajā noziedzīgā nodarījuma izdarīšanas laikā apsūdzētais un cietušais atrad</w:t>
       </w:r>
       <w:r w:rsidR="00EB1AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ās</w:t>
       </w:r>
       <w:r w:rsidR="0035792E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dažādās vietās, tai skaitā </w:t>
+        <w:t xml:space="preserve"> dažādās vietās, </w:t>
+      </w:r>
+      <w:r w:rsidR="0035792E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">tai skaitā </w:t>
       </w:r>
       <w:r w:rsidR="00EB1AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">liecinieču </w:t>
       </w:r>
       <w:r w:rsidR="007F5CF4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[pers. E]</w:t>
       </w:r>
       <w:r w:rsidR="00EB1AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidR="007F5CF4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -2454,59 +2516,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[pers. G]</w:t>
       </w:r>
       <w:r w:rsidR="00EB1AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021. gada </w:t>
       </w:r>
       <w:r w:rsidR="007F5CF4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[..]</w:t>
       </w:r>
       <w:r w:rsidR="00EB1AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">izrakstā no </w:t>
+        <w:t xml:space="preserve"> izrakstā no </w:t>
       </w:r>
       <w:r w:rsidR="007F5CF4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">[pers. A] </w:t>
       </w:r>
       <w:r w:rsidR="00EB1AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pacienta medicīniskās kartes</w:t>
       </w:r>
       <w:r w:rsidR="0053000F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r w:rsidR="00EB1AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -4407,59 +4461,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, ka </w:t>
       </w:r>
       <w:r w:rsidR="000D7B94">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nav pamata apšaubīt </w:t>
       </w:r>
       <w:r w:rsidR="00FA06BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>poligrāfa ekspertīzes eksperta atzinum</w:t>
       </w:r>
       <w:r w:rsidR="000D7B94">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">u, jo tas neatbilst Kriminālprocesa likuma 203. panta otrās daļas 8. punktam, kas noteic, ka eksperts eksperta atzinumā norāda izpētē izmantotās metodikas </w:t>
+        <w:t xml:space="preserve">u, jo tas neatbilst Kriminālprocesa likuma 203. panta otrās daļas </w:t>
       </w:r>
       <w:r w:rsidR="000D7B94">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>un iegūtos materiālus. Eksperts nav ievērojis izpētē pielietoto metodiku, jo nav izskaidrojis apsūdzētajam ekspertīzes veikšanas kārtību un viņa tiesības, tai skaitā tiesības atteikties no ekspertīzes sakarā ar sliktu pašsajūtu un tiesības pirms ekspertīzes saņemt advokāta juridisko konsultāciju.</w:t>
+        <w:t>8. punktam, kas noteic, ka eksperts eksperta atzinumā norāda izpētē izmantotās metodikas un iegūtos materiālus. Eksperts nav ievērojis izpētē pielietoto metodiku, jo nav izskaidrojis apsūdzētajam ekspertīzes veikšanas kārtību un viņa tiesības, tai skaitā tiesības atteikties no ekspertīzes sakarā ar sliktu pašsajūtu un tiesības pirms ekspertīzes saņemt advokāta juridisko konsultāciju.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1554D3DE" w14:textId="16021706" w:rsidR="000D7B94" w:rsidRDefault="000D7B94" w:rsidP="00BE4E2C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6096"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00A13229">
         <w:rPr>
@@ -5613,55 +5667,55 @@
       <w:r w:rsidRPr="00363F59">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>personas, kura tiesas sēdē sniedza liecības, konkrētajā pirmstiesas kriminālprocesā sniegtajām ziņām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E792C8F" w14:textId="03EEE9E8" w:rsidR="00FA6D2E" w:rsidRPr="00373BFA" w:rsidRDefault="00FA6D2E" w:rsidP="00BE4E2C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00373BFA">
         <w:t>Savukārt Kriminālprocesa likuma 564.</w:t>
       </w:r>
       <w:r w:rsidR="000A0F18">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00373BFA">
-        <w:t xml:space="preserve">pantā reglamentēts apelācijas instances tiesas nolēmuma saturs. Šā panta ceturtā daļa noteic, ka apelācijas instances tiesas nolēmuma motīvu daļā norādāms apelācijas instances tiesas atzinums par apelācijas sūdzības vai protesta pamatotību, apstākļi, ko noskaidrojusi apelācijas instances tiesa, </w:t>
+        <w:t xml:space="preserve">pantā reglamentēts apelācijas instances tiesas nolēmuma saturs. Šā panta ceturtā daļa noteic, ka apelācijas instances tiesas nolēmuma motīvu daļā norādāms apelācijas instances tiesas atzinums par apelācijas </w:t>
       </w:r>
       <w:r w:rsidRPr="00373BFA">
         <w:lastRenderedPageBreak/>
-        <w:t>pierādījumi, kas apstiprina apelācijas instances tiesas atzinumu, motīvi, kāpēc apelācijas instances tiesa noraida kādus pierādījumus, un likumi, pēc kuriem tā vadās.</w:t>
+        <w:t>sūdzības vai protesta pamatotību, apstākļi, ko noskaidrojusi apelācijas instances tiesa, pierādījumi, kas apstiprina apelācijas instances tiesas atzinumu, motīvi, kāpēc apelācijas instances tiesa noraida kādus pierādījumus, un likumi, pēc kuriem tā vadās.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C0E89A" w14:textId="1659A407" w:rsidR="003C15F9" w:rsidRDefault="00FA6D2E" w:rsidP="00BE4E2C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00373BFA">
         <w:t xml:space="preserve">Senāts atzīst, ka apelācijas instances tiesa, </w:t>
       </w:r>
       <w:r>
         <w:t>iztiesājot lietu</w:t>
       </w:r>
       <w:r w:rsidRPr="00373BFA">
         <w:t>, šīs tiesību normas nav ievērojusi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EE42918" w14:textId="1AD45910" w:rsidR="00823E11" w:rsidRDefault="003479F1" w:rsidP="00BE4E2C">
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -6590,94 +6644,87 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pārkāpjot kriminālprocesa pamatprincipus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CEA9D7E" w14:textId="3C73632E" w:rsidR="007107FE" w:rsidRDefault="00FB57A5" w:rsidP="00BE4E2C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="007B00FC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kriminālprocesa likuma</w:t>
       </w:r>
       <w:r w:rsidR="007B00FC" w:rsidRPr="00132D45">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 143.</w:t>
       </w:r>
       <w:r w:rsidR="007B00FC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007B00FC" w:rsidRPr="00132D45">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>panta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nosacījumiem izmeklēšanas </w:t>
-[...7 lines deleted...]
-        <w:t>darbības norisi var fiksēt</w:t>
+        <w:t xml:space="preserve"> nosacījumiem izmeklēšanas darbības norisi var fiksēt</w:t>
       </w:r>
       <w:r w:rsidR="00DB0A3D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> gan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> skaņu ierakstā</w:t>
       </w:r>
       <w:r w:rsidR="00DB0A3D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, gan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -7933,59 +7980,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar pašrocīgu ierakstu</w:t>
       </w:r>
       <w:r w:rsidR="00C02BD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir apliecinājis, ka </w:t>
       </w:r>
       <w:r w:rsidR="007C5104">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>viņam</w:t>
       </w:r>
       <w:r w:rsidR="00C02BD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ir saprotama poligrāfa ekspertīzes būtība un procesuālā kārtība, zināmi uzdodamie </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C02BD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>jautājumi</w:t>
+        <w:t>ir saprotama poligrāfa ekspertīzes būtība un procesuālā kārtība, zināmi uzdodamie jautājumi</w:t>
       </w:r>
       <w:r w:rsidR="007C5104">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un viņš piekrīt ekspertīzes veikšanai</w:t>
       </w:r>
       <w:r w:rsidR="00C02BD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00C02BD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lietas 3. sējuma 161. lapa</w:t>
       </w:r>
       <w:r w:rsidR="00C02BD8">
@@ -8731,99 +8778,92 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>a pēc lietas iztiesāšanas uzsākšanas apelācijas instances tiesā lietas iztiesāšana tiek atlikta vai pasludināts pārtraukums uz laiku, ilgāku par diviem mēnešiem, apelācijas instances tiesa vienlaikus izvērtē apcietinājuma turpmākas piemērošanas nepieciešamību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECEAF3B" w14:textId="2F3D8203" w:rsidR="00145B89" w:rsidRPr="00384C80" w:rsidRDefault="00AF791F" w:rsidP="00BE4E2C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tādējādi a</w:t>
       </w:r>
       <w:r w:rsidR="00B03F2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tbilstoši Kriminālprocesa likuma 281. panta </w:t>
       </w:r>
       <w:r w:rsidR="00B03F2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="00B03F2A" w:rsidRPr="00D9393B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00B03F2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t> daļai</w:t>
       </w:r>
       <w:r w:rsidR="00B03F2A" w:rsidRPr="006544FB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B03F2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">apelācijas </w:t>
-[...7 lines deleted...]
-        <w:t>instances</w:t>
+        <w:t>apelācijas instances</w:t>
       </w:r>
       <w:r w:rsidR="00384C80">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiesa</w:t>
       </w:r>
       <w:r w:rsidR="00B03F2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i ir</w:t>
       </w:r>
       <w:r w:rsidR="00384C80">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pienākum</w:t>
       </w:r>
       <w:r w:rsidR="00B03F2A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -10214,59 +10254,59 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00ED3EE2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>] </w:t>
       </w:r>
       <w:r w:rsidR="00ED3EE2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ievērojot to, ka apelācijas instances tiesas spriedums tiek atcelts pilnībā un lieta apelācijas instances tiesā jāiztiesā no jauna atbilstoši Kriminālprocesa likuma </w:t>
+        <w:t xml:space="preserve">Ievērojot to, ka apelācijas instances tiesas spriedums tiek atcelts pilnībā un </w:t>
       </w:r>
       <w:r w:rsidR="00ED3EE2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">53. nodaļas normu prasībām, Senāts norāda, ka </w:t>
+        <w:t xml:space="preserve">lieta apelācijas instances tiesā jāiztiesā no jauna atbilstoši Kriminālprocesa likuma 53. nodaļas normu prasībām, Senāts norāda, ka </w:t>
       </w:r>
       <w:r w:rsidRPr="00363F59">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pārējie apsūdzētā </w:t>
       </w:r>
       <w:r w:rsidR="008E0D87">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B4664">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -11014,76 +11054,76 @@
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-3120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00427049" w:rsidRPr="00363F59" w:rsidSect="00BE4E2C">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1701" w:header="709" w:footer="592" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7524CB6D" w14:textId="77777777" w:rsidR="00684E2B" w:rsidRDefault="00684E2B" w:rsidP="00EE3783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="65F4E815" w14:textId="77777777" w:rsidR="00684E2B" w:rsidRDefault="00684E2B" w:rsidP="00EE3783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11109,85 +11149,86 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1752956732"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5E3FD88F" w14:textId="1F0C2A0E" w:rsidR="00FF1E96" w:rsidRPr="00EF4EC6" w:rsidRDefault="00000000" w:rsidP="00EF4EC6">
+      <w:p w14:paraId="5E3FD88F" w14:textId="1F0C2A0E" w:rsidR="00FF1E96" w:rsidRPr="00EF4EC6" w:rsidRDefault="00D758BE" w:rsidP="00EF4EC6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1728636285"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00FF1E96" w:rsidRPr="000D339E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00FF1E96" w:rsidRPr="000D339E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidR="00FF1E96" w:rsidRPr="000D339E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00722A3B" w:rsidRPr="000D339E">
               <w:rPr>
                 <w:noProof/>
@@ -11233,95 +11274,95 @@
             </w:r>
             <w:r w:rsidR="00722A3B" w:rsidRPr="000D339E">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00FF1E96" w:rsidRPr="000D339E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="090871EB" w14:textId="77777777" w:rsidR="00684E2B" w:rsidRDefault="00684E2B" w:rsidP="00EE3783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="39849B55" w14:textId="77777777" w:rsidR="00684E2B" w:rsidRDefault="00684E2B" w:rsidP="00EE3783">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="745F627B" w14:textId="60694343" w:rsidR="006B69E0" w:rsidRDefault="006B69E0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Slēgtas lietas statuss</w:t>
       </w:r>
       <w:r w:rsidR="00025434">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0009047C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7744E8AC"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12861,79 +12902,80 @@
   <w:num w:numId="10" w16cid:durableId="1528790252">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="208225539">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1581598346">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2088962932">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1333293402">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="324670637">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="470362509">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA55DF"/>
+    <w:rsid w:val="000001C9"/>
     <w:rsid w:val="00000C62"/>
     <w:rsid w:val="00005229"/>
     <w:rsid w:val="00005C3B"/>
     <w:rsid w:val="00005F4B"/>
     <w:rsid w:val="0000688F"/>
     <w:rsid w:val="000069E0"/>
     <w:rsid w:val="00007DAA"/>
     <w:rsid w:val="000108A6"/>
     <w:rsid w:val="0001260D"/>
     <w:rsid w:val="00014898"/>
     <w:rsid w:val="0002073C"/>
     <w:rsid w:val="00020FBD"/>
     <w:rsid w:val="00022A00"/>
     <w:rsid w:val="00025434"/>
     <w:rsid w:val="00025ABA"/>
     <w:rsid w:val="00026881"/>
     <w:rsid w:val="000269D8"/>
     <w:rsid w:val="00027A70"/>
     <w:rsid w:val="00027FDE"/>
     <w:rsid w:val="00030026"/>
     <w:rsid w:val="000300DE"/>
     <w:rsid w:val="00030370"/>
     <w:rsid w:val="000312C9"/>
     <w:rsid w:val="00032BEE"/>
     <w:rsid w:val="00033745"/>
@@ -14758,50 +14800,51 @@
     <w:rsid w:val="00A85636"/>
     <w:rsid w:val="00A85D8C"/>
     <w:rsid w:val="00A87019"/>
     <w:rsid w:val="00A87325"/>
     <w:rsid w:val="00A87328"/>
     <w:rsid w:val="00A87CA4"/>
     <w:rsid w:val="00A917FC"/>
     <w:rsid w:val="00A91804"/>
     <w:rsid w:val="00A929DE"/>
     <w:rsid w:val="00A92CB5"/>
     <w:rsid w:val="00A93DE8"/>
     <w:rsid w:val="00A93E51"/>
     <w:rsid w:val="00A94E5A"/>
     <w:rsid w:val="00A95AF7"/>
     <w:rsid w:val="00A96688"/>
     <w:rsid w:val="00A973E4"/>
     <w:rsid w:val="00A975C3"/>
     <w:rsid w:val="00A97D35"/>
     <w:rsid w:val="00AA05A9"/>
     <w:rsid w:val="00AA0641"/>
     <w:rsid w:val="00AA0B95"/>
     <w:rsid w:val="00AA1A93"/>
     <w:rsid w:val="00AA208D"/>
     <w:rsid w:val="00AA3EBF"/>
     <w:rsid w:val="00AA4119"/>
+    <w:rsid w:val="00AA44C2"/>
     <w:rsid w:val="00AA4DC4"/>
     <w:rsid w:val="00AA578B"/>
     <w:rsid w:val="00AA5D63"/>
     <w:rsid w:val="00AA6CAC"/>
     <w:rsid w:val="00AA71B3"/>
     <w:rsid w:val="00AA7332"/>
     <w:rsid w:val="00AA74DA"/>
     <w:rsid w:val="00AA7551"/>
     <w:rsid w:val="00AB0750"/>
     <w:rsid w:val="00AB0B19"/>
     <w:rsid w:val="00AB0D48"/>
     <w:rsid w:val="00AB1777"/>
     <w:rsid w:val="00AB19E5"/>
     <w:rsid w:val="00AB2C1D"/>
     <w:rsid w:val="00AB2D4F"/>
     <w:rsid w:val="00AB2DA4"/>
     <w:rsid w:val="00AB2DE1"/>
     <w:rsid w:val="00AB3077"/>
     <w:rsid w:val="00AB3762"/>
     <w:rsid w:val="00AB45DC"/>
     <w:rsid w:val="00AB46EF"/>
     <w:rsid w:val="00AB5694"/>
     <w:rsid w:val="00AB5A6D"/>
     <w:rsid w:val="00AB6198"/>
     <w:rsid w:val="00AB64B0"/>
@@ -15291,50 +15334,51 @@
     <w:rsid w:val="00D54DC7"/>
     <w:rsid w:val="00D5605C"/>
     <w:rsid w:val="00D563F6"/>
     <w:rsid w:val="00D57013"/>
     <w:rsid w:val="00D57042"/>
     <w:rsid w:val="00D573C4"/>
     <w:rsid w:val="00D60ABC"/>
     <w:rsid w:val="00D617D5"/>
     <w:rsid w:val="00D62110"/>
     <w:rsid w:val="00D623E4"/>
     <w:rsid w:val="00D62401"/>
     <w:rsid w:val="00D625E9"/>
     <w:rsid w:val="00D62863"/>
     <w:rsid w:val="00D63F5B"/>
     <w:rsid w:val="00D65413"/>
     <w:rsid w:val="00D66C52"/>
     <w:rsid w:val="00D67196"/>
     <w:rsid w:val="00D67391"/>
     <w:rsid w:val="00D67832"/>
     <w:rsid w:val="00D706AB"/>
     <w:rsid w:val="00D708D1"/>
     <w:rsid w:val="00D70BB3"/>
     <w:rsid w:val="00D71FC2"/>
     <w:rsid w:val="00D73959"/>
     <w:rsid w:val="00D756B9"/>
+    <w:rsid w:val="00D758BE"/>
     <w:rsid w:val="00D77370"/>
     <w:rsid w:val="00D80209"/>
     <w:rsid w:val="00D82F64"/>
     <w:rsid w:val="00D83ECE"/>
     <w:rsid w:val="00D845AC"/>
     <w:rsid w:val="00D84AD6"/>
     <w:rsid w:val="00D85033"/>
     <w:rsid w:val="00D85165"/>
     <w:rsid w:val="00D85671"/>
     <w:rsid w:val="00D86260"/>
     <w:rsid w:val="00D874AD"/>
     <w:rsid w:val="00D87F62"/>
     <w:rsid w:val="00D87FCE"/>
     <w:rsid w:val="00D9046F"/>
     <w:rsid w:val="00D90807"/>
     <w:rsid w:val="00D91001"/>
     <w:rsid w:val="00D92837"/>
     <w:rsid w:val="00D928E6"/>
     <w:rsid w:val="00D92B7D"/>
     <w:rsid w:val="00D92D36"/>
     <w:rsid w:val="00D935F2"/>
     <w:rsid w:val="00D9393B"/>
     <w:rsid w:val="00D93E49"/>
     <w:rsid w:val="00D94914"/>
     <w:rsid w:val="00D95679"/>
@@ -15753,51 +15797,51 @@
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1655E628"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16162,51 +16206,50 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA55DF"/>
     <w:pPr>
       <w:spacing w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
@@ -16562,51 +16605,51 @@
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B69E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B69E0"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="40790255">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="87580844">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17090,69 +17133,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7FFF2FD-A0A6-4948-8DAD-3343BF4C23A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>18319</Words>
-  <Characters>10442</Characters>
+  <Words>18350</Words>
+  <Characters>10460</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>87</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28704</CharactersWithSpaces>
+  <CharactersWithSpaces>28753</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>