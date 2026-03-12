--- v0 (2026-01-10)
+++ v1 (2026-03-12)
@@ -1,134 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2E38D104" w14:textId="77777777" w:rsidR="00BD14FB" w:rsidRPr="007610B7" w:rsidRDefault="00BD14FB" w:rsidP="00BD14FB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Hlk54866748"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk54866748"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="2" w:name="OLE_LINK2"/>
       <w:r w:rsidRPr="007610B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Pierādīšanas pienākums valdes locekļa kreditoru prasībā pret komercsabiedrību, ja valdes loceklis, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">būdams </w:t>
       </w:r>
       <w:r w:rsidRPr="007610B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ar komercsabiedrību</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> tieši saistīta persona, pienākumus pildījis bez atlīdzības</w:t>
+        <w:t>ar komercsabiedrību tieši saistīta persona, pienākumus pildījis bez atlīdzības</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A79C3EC" w14:textId="22136273" w:rsidR="00BD14FB" w:rsidRDefault="00BD14FB" w:rsidP="00BD14FB">
+    <w:p w14:paraId="2A79C3EC" w14:textId="1B1133C2" w:rsidR="00BD14FB" w:rsidRDefault="00BD14FB" w:rsidP="00E53F36">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007610B7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Saskaņā ar Komerclikuma </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007610B7">
+        <w:t>Saskaņā ar Komerclikuma 221.panta astoto daļu komercsabiedrības valdes loceklim ir tiesības, nevis pienākums, saņemt atlīdzību. Šāds darbs Civillikuma 1912.panta izpratnē var būt dāvana, uz kuru kreditori var vērst piedziņu šī likuma 1927.panta kārtībā. Ja komercsabiedrība (apdāvinātais) ir ar valdes locekli (dāvinātāju) tieši saistīta persona, iebilstot pret valdes locekļa kreditoru celto prasību, komercsabiedrībai jāpierāda apstākļi, kuru dēļ tā bauda likuma aizsardzību</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>221.panta</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007610B7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53F36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> astoto daļu komercsabiedrības valdes loceklim ir tiesības, nevis pienākums, saņemt atlīdzību. Šāds darbs Civillikuma 1912.panta izpratnē var būt dāvana, uz kuru kreditori var vērst piedziņu šī likuma 1927.panta kārtībā. Ja komercsabiedrība (apdāvinātais) ir ar valdes locekli (dāvinātāju) tieši saistīta persona, iebilstot pret valdes locekļa kreditoru celto prasību, komercsabiedrībai jāpierāda apstākļi, kuru dēļ tā bauda likuma aizsardzību</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53F36" w:rsidRPr="00E53F36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">(skatīt JUDIKATŪRAS MAIŅU </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85F73">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nolēmumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53F36" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SKC-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53F36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53F36" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53F36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53F36" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7BD3815E" w14:textId="77777777" w:rsidR="00731336" w:rsidRDefault="00731336" w:rsidP="002F29B1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28D3E836" w14:textId="77777777" w:rsidR="00A3499A" w:rsidRPr="006116FC" w:rsidRDefault="00A3499A" w:rsidP="00A3499A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006116FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Latvijas </w:t>
       </w:r>
       <w:r w:rsidRPr="006116FC">
@@ -148,83 +172,73 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006116FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Civillietu departamenta </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23CD6A56" w14:textId="46F9BBF0" w:rsidR="00A3499A" w:rsidRPr="006116FC" w:rsidRDefault="00A3499A" w:rsidP="00A3499A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006116FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="006116FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>.gada</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">.gada </w:t>
       </w:r>
       <w:r w:rsidR="00452B25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="006116FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00452B25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>okto</w:t>
       </w:r>
@@ -303,64 +317,64 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>288</w:t>
       </w:r>
       <w:r w:rsidRPr="006116FC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F392B6F" w14:textId="75ABBE86" w:rsidR="00980AD9" w:rsidRDefault="00F85188" w:rsidP="00995339">
+    <w:p w14:paraId="3F392B6F" w14:textId="75ABBE86" w:rsidR="00980AD9" w:rsidRDefault="00452B25" w:rsidP="00995339">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00452B25" w:rsidRPr="00452B25">
+        <w:r w:rsidRPr="00452B25">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>ECLI:LV:AT:2020:1029.C33432217.10.S</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="58B920CD" w14:textId="77777777" w:rsidR="00452B25" w:rsidRPr="00452B25" w:rsidRDefault="00452B25" w:rsidP="00995339">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -441,166 +455,134 @@
         <w:t>Intars Bisters</w:t>
       </w:r>
       <w:r w:rsidR="00F75704" w:rsidRPr="00995339">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047D091D" w14:textId="77777777" w:rsidR="00977937" w:rsidRPr="00995339" w:rsidRDefault="00206BFD" w:rsidP="00995339">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="1560"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00995339">
         <w:t>senator</w:t>
       </w:r>
       <w:r w:rsidR="007936E1" w:rsidRPr="00995339">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00977937" w:rsidRPr="00995339">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007936E1" w:rsidRPr="00995339">
         <w:t>Valerijs Maksimovs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD358E1" w14:textId="3D368A1B" w:rsidR="000B46E6" w:rsidRPr="00731336" w:rsidRDefault="00095BF3" w:rsidP="00731336">
+    <w:p w14:paraId="55697D06" w14:textId="77777777" w:rsidR="00E53F36" w:rsidRDefault="00E53F36" w:rsidP="00731336">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD358E1" w14:textId="729EE94F" w:rsidR="000B46E6" w:rsidRPr="00731336" w:rsidRDefault="00095BF3" w:rsidP="00731336">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00995339">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rakstveida procesā izskatīja </w:t>
       </w:r>
       <w:r w:rsidR="00731336">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">SIA „SANISTAL” </w:t>
       </w:r>
       <w:r w:rsidR="007630F0">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">kasācijas sūdzību par Rīgas apgabaltiesas Civillietu tiesas kolēģijas </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">kasācijas sūdzību par Rīgas apgabaltiesas Civillietu tiesas kolēģijas 2019.gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00731336">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>7.janvāra</w:t>
+      </w:r>
+      <w:r w:rsidR="00831C68">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="007630F0">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>2019.gada</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">spriedumu civillietā </w:t>
       </w:r>
       <w:r w:rsidR="00731336">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>7.janvāra</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">spriedumu civillietā </w:t>
+        <w:t xml:space="preserve">SIA „SANISTAL” prasībā pret SIA </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BB9">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00731336">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">SIA „SANISTAL” prasībā pret SIA </w:t>
+        <w:t xml:space="preserve">AM Investments”, SIA </w:t>
       </w:r>
       <w:r w:rsidR="00910BB9">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00731336">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">AM </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">”, SIA </w:t>
+        <w:t xml:space="preserve">PFS Services”, SIA </w:t>
       </w:r>
       <w:r w:rsidR="00910BB9">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00731336">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Melf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00731336">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00731336">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
@@ -677,263 +659,206 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00995339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aprakstošā daļa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5E0DF3" w14:textId="5FE6C764" w:rsidR="00924077" w:rsidRDefault="00980AD9" w:rsidP="00924077">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00995339">
         <w:t>[1] </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">SIA „SANISTAL” </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>SIA „SANISTAL” 2017.gada 28</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0336">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>2017.gada</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>martā cēla tiesā prasību pret SIA „AM Investments”, SIA „PFS Services”, SIA „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 28</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>Melf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">martā cēla tiesā prasību pret SIA „AM </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Investments</w:t>
+        <w:t>Real</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">”, SIA „PFS </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Services</w:t>
+        <w:t>Estate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>”, SIA „</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">” un SIA „LBS – Konsultants” ar trešo personu </w:t>
+      </w:r>
+      <w:r w:rsidR="000008FD">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Melf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">, kurā, pamatojoties uz Civillikuma 1., 1770., 1779., 1914., 1927.pantu, lūdza </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4B07">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vērst piedziņu uz </w:t>
+      </w:r>
+      <w:r w:rsidR="000008FD">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> dāvinājumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00346A79">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4B07">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbildētājiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00346A79">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>šādā apmērā</w:t>
+      </w:r>
       <w:r w:rsidR="00924077">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Real</w:t>
-[...73 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F49FCE5" w14:textId="30DD6E38" w:rsidR="00924077" w:rsidRDefault="00924077" w:rsidP="00924077">
+    <w:p w14:paraId="2F49FCE5" w14:textId="30DD6E38" w:rsidR="00924077" w:rsidRPr="00E53F36" w:rsidRDefault="00924077" w:rsidP="00924077">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">- no </w:t>
       </w:r>
-      <w:r w:rsidRPr="00924077">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">SIA </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E53F36">
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidRPr="00924077">
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>PFS Services” 87</w:t>
+      </w:r>
+      <w:r w:rsidR="000008FD" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>391,75 EUR;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="447799F5" w14:textId="0175B33E" w:rsidR="00924077" w:rsidRDefault="00924077" w:rsidP="00924077">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00924077">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:lang w:val="en-US"/>
@@ -1219,69 +1144,61 @@
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">SIA </w:t>
       </w:r>
       <w:r w:rsidR="00BF6D8A" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00BF6D8A" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>D&amp;D TEXNOLOGY”</w:t>
       </w:r>
       <w:r w:rsidR="00036C30" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00862146">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">kā pircēju </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00036C30" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>2011</w:t>
       </w:r>
       <w:r w:rsidR="00BF6D8A" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>.gada</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 28.janvārī </w:t>
+        <w:t xml:space="preserve">.gada 28.janvārī </w:t>
       </w:r>
       <w:r w:rsidR="00036C30" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">un 2011.gada 17.maijā </w:t>
       </w:r>
       <w:r w:rsidR="00BF6D8A" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>nosl</w:t>
       </w:r>
       <w:r w:rsidR="00036C30" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>ēgti</w:t>
       </w:r>
       <w:r w:rsidR="00BF6D8A" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> l</w:t>
       </w:r>
@@ -1359,65 +1276,51 @@
     <w:p w14:paraId="0BF20BF9" w14:textId="48C84189" w:rsidR="007C0507" w:rsidRPr="004E0336" w:rsidRDefault="005C5B68" w:rsidP="001D48E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>Tā kā p</w:t>
       </w:r>
       <w:r w:rsidR="001D48E0" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>ircēja neveica pilnu samaksu par precēm, a</w:t>
       </w:r>
       <w:r w:rsidR="00036C30" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">r Neatkarīgās šķīrējtiesas </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 19.jūnija spriedumu, kura izpildei Rīgas pilsētas Latgales priekšpilsētas tiesa 2013.gada 12.aprīlī izsniedza izpildu rakstu, </w:t>
+        <w:t xml:space="preserve">r Neatkarīgās šķīrējtiesas 2012.gada 19.jūnija spriedumu, kura izpildei Rīgas pilsētas Latgales priekšpilsētas tiesa 2013.gada 12.aprīlī izsniedza izpildu rakstu, </w:t>
       </w:r>
       <w:r w:rsidR="001B0C99" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">no </w:t>
       </w:r>
       <w:r w:rsidR="00862146" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>tās</w:t>
       </w:r>
       <w:r w:rsidR="001B0C99" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> par labu </w:t>
       </w:r>
       <w:r w:rsidR="00862146">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pārdevējai</w:t>
       </w:r>
@@ -1482,69 +1385,61 @@
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00635E46" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FC13A9" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC1FCC9" w14:textId="3ADB68B7" w:rsidR="00036C30" w:rsidRPr="004E0336" w:rsidRDefault="00862146" w:rsidP="001D48E0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>2014.</w:t>
       </w:r>
       <w:r w:rsidR="00FC13A9" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>gada</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 18.februārī SIA </w:t>
+        <w:t xml:space="preserve">gada 18.februārī SIA </w:t>
       </w:r>
       <w:r w:rsidR="00FC13A9" w:rsidRPr="004E0336">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00FC13A9" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>D&amp;D TEXNOLOGY” likvidēta</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>, un tās maksātnespējas procesā pieteiktais prasītājas kreditora prasījums n</w:t>
       </w:r>
       <w:r w:rsidR="0058561A" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>av</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
@@ -1807,206 +1702,156 @@
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>Proti,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">SIA </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">AM </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">AM Investments”, kur 100% no sabiedrības pamatkapitāla pieder </w:t>
+      </w:r>
+      <w:r w:rsidR="000008FD">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>Investments</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> meitai, </w:t>
+      </w:r>
+      <w:r w:rsidR="004B3F6F" w:rsidRPr="004E0336">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>viņš</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">”, kur 100% no sabiedrības pamatkapitāla pieder </w:t>
-[...32 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> ieņem valdes locekļa amatu no 2014.gada</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>7.marta.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">SIA </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">SFP </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>SFP Services”</w:t>
+      </w:r>
+      <w:r w:rsidR="00944F02" w:rsidRPr="004E0336">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>, kur</w:t>
+      </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>Services</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> 100% no sabiedrības pamatkapitāla pieder </w:t>
+      </w:r>
+      <w:r w:rsidR="000008FD">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>”</w:t>
+        <w:t>meitai</w:t>
       </w:r>
       <w:r w:rsidR="00944F02" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>, kur</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004B3F6F" w:rsidRPr="004E0336">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>viņš</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 100% no sabiedrības pamatkapitāla pieder </w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> 15.maija.</w:t>
+        <w:t xml:space="preserve"> ieņem valdes locekļa amatu no 2012.gada 15.maija.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">SIA </w:t>
       </w:r>
       <w:r w:rsidR="00944F02" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>Melf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0038239B">
@@ -2031,88 +1876,60 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>Estate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00944F02" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>, kurā</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kopš </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4.jūnija 100% no pamatkapitāla pieder SIA </w:t>
+        <w:t xml:space="preserve"> kopš 2014.gada 4.jūnija 100% no pamatkapitāla pieder SIA </w:t>
       </w:r>
       <w:r w:rsidR="00944F02" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">SFP </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">”, </w:t>
+        <w:t xml:space="preserve">SFP Services”, </w:t>
       </w:r>
       <w:r w:rsidR="00944F02" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">kuras </w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>dibinātājs un vienīgais īpaš</w:t>
       </w:r>
       <w:r w:rsidR="00944F02" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">nieks </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
@@ -2201,65 +2018,51 @@
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC1E08F" w14:textId="6E2D8DC1" w:rsidR="00C35DC0" w:rsidRPr="00DB42DE" w:rsidRDefault="00A8535E" w:rsidP="00C35DC0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB42DE">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">[1.3] </w:t>
       </w:r>
       <w:r w:rsidR="00C3001F" w:rsidRPr="00DB42DE">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Minētie faktiskie apstākļi atbilst Civillikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> tiesiskajam sastāvam, </w:t>
+        <w:t xml:space="preserve">Minētie faktiskie apstākļi atbilst Civillikuma 1927.panta tiesiskajam sastāvam, </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB42DE">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">jo </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="008C3B97" w:rsidRPr="00DB42DE">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C3001F" w:rsidRPr="00DB42DE">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> bez maksas pild</w:t>
       </w:r>
@@ -2373,154 +2176,98 @@
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35ACF4EC" w14:textId="45870820" w:rsidR="000E1410" w:rsidRPr="0058561A" w:rsidRDefault="000E1410" w:rsidP="00B30DE1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00583C38">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Valdes locekļa amata bezatlīdzības pildīšana ir valdes locekļa pakalpojums kapitālsabiedrībai, kas tieši atbilst Civillikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> minētajam tiesiskajam sastāvam – svešu lietu bezmaksas pārziņai. </w:t>
+        <w:t xml:space="preserve">Valdes locekļa amata bezatlīdzības pildīšana ir valdes locekļa pakalpojums kapitālsabiedrībai, kas tieši atbilst Civillikuma 1914.pantā minētajam tiesiskajam sastāvam – svešu lietu bezmaksas pārziņai. </w:t>
       </w:r>
       <w:r w:rsidRPr="0058561A">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Svešu lietu pārzināšana uz pilnvarojuma līguma pamata vispārēji regulēta Civillikuma </w:t>
-[...20 lines deleted...]
-        <w:t>221.pan</w:t>
+        <w:t>Svešu lietu pārzināšana uz pilnvarojuma līguma pamata vispārēji regulēta Civillikuma 2311.pantā, kas netieši paredz, ka par svešu lietu vešanu pilnvarojuma gadījumā var tikt maksāta atlīdzība. Savukārt Komerclikuma 221.pan</w:t>
       </w:r>
       <w:r w:rsidR="00BE0440">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>ta</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> astotā daļa tieši paredz </w:t>
+        <w:t xml:space="preserve">ta astotā daļa tieši paredz </w:t>
       </w:r>
       <w:r w:rsidRPr="0058561A">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>valdes locek</w:t>
       </w:r>
       <w:r w:rsidR="00BE0440">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>ļa</w:t>
       </w:r>
       <w:r w:rsidRPr="0058561A">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir tiesības uz atlīdzību. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473CC864" w14:textId="0E4D04E2" w:rsidR="004A56DE" w:rsidRDefault="004A56DE" w:rsidP="004A56DE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0058561A">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> nepieļauj apdāvinātā netaisnu iedzīvošanos uz dāvinātāja kreditoru rēķina. </w:t>
+        <w:t xml:space="preserve">Civillikuma 1927.pants nepieļauj apdāvinātā netaisnu iedzīvošanos uz dāvinātāja kreditoru rēķina. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>apdāvinātā</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -3258,141 +3005,99 @@
       <w:r w:rsidR="00A8535E" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> profesiju klasifikator</w:t>
       </w:r>
       <w:r w:rsidR="00583C38" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>CV-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>CV-Online Latvia” SIA veikto algu pētījum</w:t>
+      </w:r>
+      <w:r w:rsidR="00583C38" w:rsidRPr="000008FD">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>Online</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> par 2014. </w:t>
+      </w:r>
+      <w:r w:rsidR="000F744D" w:rsidRPr="000008FD">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>n 2016.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F744D" w:rsidRPr="000008FD">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>Latvia</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>gadu, Ministru kabineta 2015.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F744D" w:rsidRPr="000008FD">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>” SIA veikto algu pētījum</w:t>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> 22.decembra noteikum</w:t>
+        <w:t>ada 22.decembra noteikum</w:t>
       </w:r>
       <w:r w:rsidR="00583C38" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>iem</w:t>
       </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr.</w:t>
       </w:r>
       <w:r w:rsidR="000F744D" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E256F3" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">791 </w:t>
       </w:r>
@@ -3427,178 +3132,150 @@
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>ām</w:t>
       </w:r>
       <w:r w:rsidR="000F744D" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> no valsts amatpersonu deklarāciju datu bāzes par atsevišķu publisko personu kapitālsabiedrību valdes locekļu atalgojumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFB9649" w14:textId="137B9023" w:rsidR="00931CA5" w:rsidRPr="0038239B" w:rsidRDefault="006C37E7" w:rsidP="00931CA5">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>rasītāja</w:t>
       </w:r>
       <w:r w:rsidR="00AF76E1" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> aprēķinājusi</w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AF76E1" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">ka </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kā SIA </w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">PFS </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>PFS Services” valdes</w:t>
+      </w:r>
+      <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>Services</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>priekšsēdētāja</w:t>
+      </w:r>
+      <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
       <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>” valdes</w:t>
+        <w:t xml:space="preserve"> kopš 2012.gada 15.maija nesaņemtā alga (dāvinājums)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF76E1" w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00931CA5" w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par laiku </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>no 2012.gada līdz 2016.</w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">gadam </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>veido 87</w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>391,75 EUR,</w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kā SIA </w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
@@ -3693,65 +3370,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">kā SIA </w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">AM </w:t>
-[...13 lines deleted...]
-        <w:t>” valdes loceklim</w:t>
+        <w:t>AM Investments” valdes loceklim</w:t>
       </w:r>
       <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00931CA5" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">par laiku </w:t>
       </w:r>
       <w:r w:rsidR="00A8535E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>no 2014.gada līdz 2016.</w:t>
       </w:r>
       <w:r w:rsidR="00582490" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">gadam </w:t>
       </w:r>
@@ -3979,77 +3642,63 @@
     <w:p w14:paraId="300CC058" w14:textId="602A0D1D" w:rsidR="009E2E4C" w:rsidRPr="004E0336" w:rsidRDefault="00022237" w:rsidP="00E53FA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>[2</w:t>
       </w:r>
       <w:r w:rsidR="00E53FA4" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">] Ar Rīgas </w:t>
       </w:r>
       <w:r w:rsidR="009E2E4C" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">rajona tiesas </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>rajona tiesas 2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53FA4" w:rsidRPr="004E0336">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="009E2E4C" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>2018</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> 8.maija</w:t>
+        <w:t>gada 8.maija</w:t>
       </w:r>
       <w:r w:rsidR="00E53FA4" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> spriedumu </w:t>
       </w:r>
       <w:r w:rsidR="00F361EC" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">prasība </w:t>
       </w:r>
       <w:r w:rsidR="009E2E4C" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>noraidīta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="743BBE7E" w14:textId="77777777" w:rsidR="009E2E4C" w:rsidRPr="004E0336" w:rsidRDefault="009E2E4C" w:rsidP="00DD15B7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
@@ -4079,120 +3728,104 @@
       <w:r w:rsidR="0066712D" w:rsidRPr="00995339">
         <w:t xml:space="preserve">Izskatījusi lietu sakarā ar </w:t>
       </w:r>
       <w:r w:rsidR="00082A2C">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>SIA „SANISTAL”</w:t>
       </w:r>
       <w:r w:rsidR="00082A2C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00281BF6" w:rsidRPr="00AC5212">
         <w:t xml:space="preserve">apelācijas sūdzību, </w:t>
       </w:r>
       <w:r w:rsidR="00DD7CD5" w:rsidRPr="00D4263A">
         <w:t>Rīgas</w:t>
       </w:r>
       <w:r w:rsidR="0066712D" w:rsidRPr="00D4263A">
         <w:t xml:space="preserve"> apgabaltiesas Civillietu ties</w:t>
       </w:r>
       <w:r w:rsidR="0040517E" w:rsidRPr="00D4263A">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="0066712D" w:rsidRPr="00D4263A">
-        <w:t xml:space="preserve"> kolēģija </w:t>
-[...3 lines deleted...]
-        <w:t>201</w:t>
+        <w:t xml:space="preserve"> kolēģija 201</w:t>
       </w:r>
       <w:r w:rsidR="00DD7CD5" w:rsidRPr="00D4263A">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00842684">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0066712D" w:rsidRPr="00D4263A">
-        <w:t>gada</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">gada </w:t>
       </w:r>
       <w:r w:rsidR="00082A2C">
         <w:t>7.janvārī</w:t>
       </w:r>
       <w:r w:rsidR="00964168" w:rsidRPr="00D4263A">
         <w:t xml:space="preserve"> nosprieda</w:t>
       </w:r>
       <w:r w:rsidR="00082A2C">
         <w:t xml:space="preserve"> prasību noraidīt</w:t>
       </w:r>
       <w:r w:rsidR="00281BF6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DAC5DFC" w14:textId="77777777" w:rsidR="008055B7" w:rsidRDefault="008055B7" w:rsidP="008055B7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D04B0D">
         <w:t>Spriedums pamatots ar šādiem motīviem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="689E75E5" w14:textId="37631E3B" w:rsidR="00F73D65" w:rsidRPr="0038239B" w:rsidRDefault="003C23B0" w:rsidP="00F73D65">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>[3</w:t>
       </w:r>
       <w:r w:rsidR="00626A0C">
         <w:t xml:space="preserve">.1] </w:t>
       </w:r>
       <w:r w:rsidR="00F73D65" w:rsidRPr="0038239B">
         <w:t xml:space="preserve">Pirmās instances tiesa, </w:t>
       </w:r>
       <w:r w:rsidR="006C37E7">
         <w:t>atsaucoties uz</w:t>
       </w:r>
       <w:r w:rsidR="00F73D65" w:rsidRPr="0038239B">
-        <w:t xml:space="preserve"> Civillikuma </w:t>
-[...7 lines deleted...]
-        <w:t>, pamatoti atzinusi, ka kreditors ir tiesīgs vē</w:t>
+        <w:t xml:space="preserve"> Civillikuma 1927.pantu, pamatoti atzinusi, ka kreditors ir tiesīgs vē</w:t>
       </w:r>
       <w:r w:rsidR="0086662E">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00F73D65" w:rsidRPr="0038239B">
         <w:t>sties pret apdāvināto un prasīt apmierinājumu no dāvanas</w:t>
       </w:r>
       <w:r w:rsidR="006C37E7">
         <w:t>, taču</w:t>
       </w:r>
       <w:r w:rsidR="00F73D65" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C37E7">
         <w:t>šādā gadījumā</w:t>
       </w:r>
       <w:r w:rsidR="00F73D65" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> tiesai ir jākonstatē dāvinājuma līguma esība, dāvinājuma priekšmets un </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
@@ -4221,65 +3854,51 @@
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038239B">
         <w:t>[3.</w:t>
       </w:r>
       <w:r w:rsidR="006C37E7">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="008C3D33" w:rsidRPr="0038239B">
         <w:t>Tā kā</w:t>
       </w:r>
       <w:r w:rsidR="00464D22">
         <w:t xml:space="preserve"> ar</w:t>
       </w:r>
       <w:r w:rsidR="008C3D33" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00464D22" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rīgas rajona tiesas </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 10.jūlija spriedumu </w:t>
+        <w:t xml:space="preserve">Rīgas rajona tiesas 2012.gada 10.jūlija spriedumu </w:t>
       </w:r>
       <w:r w:rsidR="00464D22">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">pasludināts </w:t>
       </w:r>
       <w:r w:rsidR="008C3D33" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">SIA </w:t>
       </w:r>
       <w:r w:rsidR="008C3D33" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="008C3D33" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>D&amp;D TEXNOLOGY” ma</w:t>
       </w:r>
       <w:r w:rsidR="00464D22">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
@@ -4362,71 +3981,57 @@
         </w:rPr>
         <w:t>[3.</w:t>
       </w:r>
       <w:r w:rsidR="00752705">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00A117C7" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Saskaņā ar </w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...6 lines deleted...]
-        <w:t>1914.pant</w:t>
+        <w:t>Civillikuma 1914.pant</w:t>
       </w:r>
       <w:r w:rsidR="00A117C7" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">dāvinājums var būt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>nevien</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> īpašuma vai citu lietu tiesību atdošana apdāvināta</w:t>
       </w:r>
       <w:r w:rsidR="00E65FAA">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
@@ -4501,58 +4106,56 @@
       </w:r>
       <w:r w:rsidR="00253D5B" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>nodaļas noteikumiem, kā arī attiecības darba izpildē</w:t>
       </w:r>
       <w:r w:rsidR="00A117C7" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> [..]</w:t>
       </w:r>
       <w:r w:rsidR="00253D5B" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00A117C7" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00253D5B" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A117C7" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A117C7" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">k. </w:t>
       </w:r>
       <w:r w:rsidR="00253D5B" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Civillikuma komentā</w:t>
       </w:r>
       <w:r w:rsidR="00A117C7" w:rsidRPr="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
@@ -4767,65 +4370,51 @@
         </w:rPr>
         <w:t>[3.</w:t>
       </w:r>
       <w:r w:rsidR="00752705" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00223836" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00805D58" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">tbilstoši Civillikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">tbilstoši Civillikuma 2289.pantam </w:t>
       </w:r>
       <w:r w:rsidR="00223836" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>ar pilnvarojuma līgumu</w:t>
       </w:r>
       <w:r w:rsidR="00805D58" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pilnvarnieks uzņemas otras puses labā izpildīt zināmu </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00805D58" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>uzdevumu”.</w:t>
       </w:r>
@@ -4953,188 +4542,146 @@
         </w:rPr>
         <w:t>tiesisk</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> sek</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>u ziņā, proti,</w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pilnvarnieks atbild par katru neuzmanību, kamēr dāvinājuma līgumā saskaņā ar Civillikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> par dāvinātās lietas trūkumiem dāvinātājs atbild tikai tad, ja viņš noteikti to uzņēmies vai arī pielaidis ļaunprātību vai rupju neuzmanību</w:t>
+        <w:t xml:space="preserve"> pilnvarnieks atbild par katru neuzmanību, kamēr dāvinājuma līgumā saskaņā ar Civillikuma 1917.pantu par dāvinātās lietas trūkumiem dāvinātājs atbild tikai tad, ja viņš noteikti to uzņēmies vai arī pielaidis ļaunprātību vai rupju neuzmanību</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB3F39D" w14:textId="0551BB02" w:rsidR="005438BA" w:rsidRPr="005438BA" w:rsidRDefault="005438BA" w:rsidP="005438BA">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Saskaņā ar Komerclikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> astoto daļu </w:t>
+        <w:t xml:space="preserve">Saskaņā ar Komerclikuma 221.panta astoto daļu </w:t>
       </w:r>
       <w:r w:rsidRPr="00552A6A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">valdes loceklim ir tiesības uz atlīdzību, kas atbilst viņa pienākumiem un sabiedrības finansiālajam stāvoklim. Atlīdzības apmēru nosaka </w:t>
+        <w:t>valdes loceklim ir tiesības uz atlīdzību, kas atbilst viņa pienākumiem un sabiedrības finansiālajam stāvoklim. Atlīdzības apmēru nosaka ar padomes lēmumu, be</w:t>
+      </w:r>
+      <w:r w:rsidR="00501B37">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>t, ja sabiedrībai nav padomes,</w:t>
       </w:r>
       <w:r w:rsidRPr="00552A6A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve"> ar dalībnieku lēmumu.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lai Civillikuma 1914.panta izpratnē konstatētu, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="000008FD">
+        <w:rPr>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>[pers. A]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir attiecies no </w:t>
+      </w:r>
+      <w:r w:rsidR="00501B37">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>savām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiesīb</w:t>
+      </w:r>
+      <w:r w:rsidR="00501B37">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>ām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par labu atbildētājām, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0038239B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ar padomes lēmumu, be</w:t>
-[...73 lines deleted...]
-        <w:t xml:space="preserve"> par labu atbildētājām, būtu jākonstatē pušu starpā pastāvoša reāla saistība, nevis tikai normatīvajos aktos paredzētā tiesība saņemt šādu atlīdzību.</w:t>
+        <w:t>būtu jākonstatē pušu starpā pastāvoša reāla saistība, nevis tikai normatīvajos aktos paredzētā tiesība saņemt šādu atlīdzību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="289580D7" w14:textId="108DA33B" w:rsidR="005438BA" w:rsidRPr="0038239B" w:rsidRDefault="005438BA" w:rsidP="00870B42">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Lietā nav pierādījumu, ka kādā no sabiedrībām, kurās </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
@@ -5315,65 +4862,51 @@
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00552A6A" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">un SIA </w:t>
       </w:r>
       <w:r w:rsidR="005438BA" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">PFS </w:t>
-[...13 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>PFS Services”</w:t>
       </w:r>
       <w:r w:rsidR="005438BA" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> SIA </w:t>
       </w:r>
       <w:r w:rsidR="005438BA" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>Melf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
@@ -5407,211 +4940,161 @@
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="005438BA" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> SIA </w:t>
       </w:r>
       <w:r w:rsidR="005438BA" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">AM </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">” un SIA </w:t>
+        <w:t xml:space="preserve">AM Investments” un SIA </w:t>
       </w:r>
       <w:r w:rsidR="005438BA" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">LBS-Konsultants” pastāv bezatlīdzības pilnvarojuma līgumi, </w:t>
       </w:r>
       <w:r w:rsidR="005438BA" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">tāpēc </w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">nav iespējams konstatēt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>viņa atteikšanos no tiesībām saņemt atalgojumu</w:t>
       </w:r>
       <w:r w:rsidR="00552A6A" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00760C6C" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> izpratnē.</w:t>
+        <w:t>Civillikuma 1914.panta izpratnē.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33914956" w14:textId="20792188" w:rsidR="001315CA" w:rsidRPr="0038239B" w:rsidRDefault="009B42A7" w:rsidP="00017052">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>[3.5</w:t>
       </w:r>
       <w:r w:rsidR="00E34AE2" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00223836">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="001315CA" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...6 lines deleted...]
-        <w:t>1915.pant</w:t>
+        <w:t>Civillikuma 1915.pant</w:t>
       </w:r>
       <w:r w:rsidR="00223836">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>am</w:t>
-[...6 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>am,</w:t>
       </w:r>
       <w:r w:rsidR="001315CA" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> lai dāvinājums būtu spēkā, tas ir jāpieņem apdāvināmam vai viņa vietniekam. Tiesību doktrīnā atzīts, ka dāvinājums ir divpusējs darījums, kur</w:t>
       </w:r>
       <w:r w:rsidR="00223836">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="001315CA" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> dāvinātājs piedāvā mantisku vērtību, bet apdāvinātais piekrīt to pieņemt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B72D53" w14:textId="62081CD2" w:rsidR="002D5CBB" w:rsidRPr="0038239B" w:rsidRDefault="00017052" w:rsidP="002D5CBB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038239B">
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> noteic, ka pie tiesiska darījuma būtības pieder</w:t>
+        <w:t>Civillikuma 1427.pants noteic, ka pie tiesiska darījuma būtības pieder</w:t>
       </w:r>
       <w:r w:rsidR="005E389F" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:t xml:space="preserve">tā taisītāja gribas izteikums, </w:t>
       </w:r>
       <w:r w:rsidR="00223836">
         <w:t>respektīvi,</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> darījumā ir būtiska tikai </w:t>
       </w:r>
       <w:r w:rsidR="00223836">
         <w:t>pašu līdzēju</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> griba, </w:t>
       </w:r>
       <w:r w:rsidR="00254485">
         <w:t>un citu personu</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5631,91 +5114,75 @@
     <w:p w14:paraId="7952B51F" w14:textId="113B8ABD" w:rsidR="00ED1034" w:rsidRPr="0058561A" w:rsidRDefault="00ED1034" w:rsidP="00ED1034">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00254485">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00254485">
         <w:t>pelācijas instances tiesā nodibināts, ka</w:t>
       </w:r>
       <w:r w:rsidR="005E389F" w:rsidRPr="00254485">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00254485">
         <w:t xml:space="preserve"> un sabiedrībām </w:t>
       </w:r>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
-        <w:t xml:space="preserve">SIA „PFS </w:t>
-[...7 lines deleted...]
-        <w:t>”, SIA „</w:t>
+        <w:t>SIA „PFS Services”, SIA „</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
         <w:t>Melf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
         <w:t>Real</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
         <w:t>Estate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
-        <w:t xml:space="preserve">”, SIA „AM </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">” un SIA „LBS-Konsultants” </w:t>
+        <w:t xml:space="preserve">”, SIA „AM Investments” un SIA „LBS-Konsultants” </w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00254485">
         <w:t>bija griba realizēt savstarpējās</w:t>
       </w:r>
       <w:r w:rsidR="005E389F" w:rsidRPr="00254485">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
         <w:t xml:space="preserve">attiecības, saskaņā ar kurām </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00254485">
         <w:t xml:space="preserve"> kļuva</w:t>
       </w:r>
       <w:r w:rsidR="00661AFB" w:rsidRPr="00254485">
         <w:t xml:space="preserve"> par atbildētāju valdes locekli</w:t>
       </w:r>
       <w:r w:rsidR="005E389F" w:rsidRPr="00254485">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5817,104 +5284,91 @@
       <w:r w:rsidRPr="00436A91">
         <w:t xml:space="preserve">Nav pamatots prasītājas viedoklis, ka, </w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00436A91">
         <w:t>neizmaks</w:t>
       </w:r>
       <w:r w:rsidRPr="00436A91">
         <w:t xml:space="preserve">ājot </w:t>
       </w:r>
       <w:r w:rsidR="000008FD">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00436A91">
         <w:t xml:space="preserve"> atlīdzību, </w:t>
       </w:r>
       <w:r w:rsidRPr="00436A91">
         <w:t xml:space="preserve">atbildētājas </w:t>
       </w:r>
       <w:r w:rsidR="002342DB" w:rsidRPr="00436A91">
         <w:t>viņa dāvinājumu būtu pieņēmušas klusējot, kā to nosaka</w:t>
       </w:r>
       <w:r w:rsidRPr="00436A91">
-        <w:t xml:space="preserve"> Civillikuma </w:t>
-[...3 lines deleted...]
-        <w:t>1430.</w:t>
+        <w:t xml:space="preserve"> Civillikuma 1430.</w:t>
       </w:r>
       <w:r w:rsidR="002342DB" w:rsidRPr="00436A91">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00436A91">
         <w:t>ant</w:t>
       </w:r>
       <w:r w:rsidR="002342DB" w:rsidRPr="00436A91">
-        <w:t>s</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>s.</w:t>
       </w:r>
       <w:r w:rsidRPr="00436A91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002342DB" w:rsidRPr="00436A91">
         <w:t xml:space="preserve">Atbilstoši tam </w:t>
       </w:r>
       <w:r w:rsidR="00254485" w:rsidRPr="00436A91">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00436A91">
         <w:t>āvinājuma līguma tiesiskais regulējums nav izņēmum</w:t>
       </w:r>
       <w:r w:rsidR="00254485" w:rsidRPr="00436A91">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00436A91">
         <w:t>, kad a</w:t>
       </w:r>
       <w:r w:rsidR="00160BCB" w:rsidRPr="00436A91">
         <w:t>pdāvinātā klusēšanu varētu atzīt</w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00436A91">
         <w:t xml:space="preserve"> par dāvinājuma pieņemšanu.</w:t>
       </w:r>
       <w:r w:rsidR="002342DB" w:rsidRPr="00436A91">
         <w:t xml:space="preserve"> Arī </w:t>
       </w:r>
       <w:r w:rsidR="00254485" w:rsidRPr="00436A91">
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Civillikuma 1915.pants</w:t>
+      </w:r>
       <w:r w:rsidR="00160BCB" w:rsidRPr="00436A91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00436A91">
         <w:t>pieprasa</w:t>
       </w:r>
       <w:r w:rsidR="005E389F" w:rsidRPr="00436A91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00436A91">
         <w:t>apdāvinātā noteiktu gribas izteikumu pieņemt dāvanu</w:t>
       </w:r>
       <w:r w:rsidR="00254485" w:rsidRPr="00436A91">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005D396E" w:rsidRPr="00436A91">
         <w:t>Iztrūkstot kaut vienai no dāvinājuma līgumam nepieciešamām sastāvdaļām</w:t>
       </w:r>
       <w:r w:rsidR="00017052" w:rsidRPr="00436A91">
         <w:t>, dāvinājumu nevar atzīt</w:t>
       </w:r>
       <w:r w:rsidR="005D396E" w:rsidRPr="00436A91">
         <w:t xml:space="preserve"> par notikušu, </w:t>
       </w:r>
       <w:r w:rsidR="002342DB" w:rsidRPr="00436A91">
@@ -6103,117 +5557,97 @@
         </w:rPr>
         <w:t>strīds par to</w:t>
       </w:r>
       <w:r w:rsidR="00254485">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> kā valdes locekļa darbībai ir kāda ekonomiska vērtība,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>kā valdes locekļa darbībai ir</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>bet par to</w:t>
+      </w:r>
+      <w:r w:rsidR="00254485">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kāda ekonomiska vērtība,</w:t>
-[...27 lines deleted...]
-        <w:t>dāvinājuma priekšmetu trešās personas</w:t>
+        <w:t xml:space="preserve"> vai valdes locekļa amata pakalpojumi ir atzīstami par dāvinājuma priekšmetu trešās personas</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">un atbildētāju starpā slēgtā dāvinājuma līgumā, kāds izskatāmajā lietā nav konstatēts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3348A2" w14:textId="0FD6F7CA" w:rsidR="00EC5F40" w:rsidRPr="0038239B" w:rsidRDefault="00254485" w:rsidP="00A27B12">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>aldes locekļa ievēlēšana amatā pati par sevi ir pilnvarojuma piešķiršana vest sabiedrības lietas, kas nozīmē, ka, pat nepastāvot nekādam citam līgumam, valdes loceklis ir tiesisks sabiedrības pilnvarnieks.</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Līdz ar to atlīdzības nenoteikšana nepadara par spēkā neesošu pilnvarojumu </w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:rPr>
@@ -6252,1008 +5686,205 @@
       <w:r w:rsidR="00305115" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00EB3DFE" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Prasītāja norādījusi, ka ar </w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:t>pārsūdzēto spriedumu nav</w:t>
       </w:r>
       <w:r w:rsidR="00376BC2" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:t>panākts t</w:t>
       </w:r>
       <w:r w:rsidR="00EB3DFE" w:rsidRPr="0038239B">
         <w:t>aisnīgs lietas atrisinājums, jo</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
-        <w:t xml:space="preserve"> pretēji Civillikuma </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> nostiprinātajam</w:t>
+        <w:t xml:space="preserve"> pretēji Civillikuma 1.pantā nostiprinātajam</w:t>
       </w:r>
       <w:r w:rsidR="00376BC2" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:t>labas ticības prin</w:t>
       </w:r>
       <w:r w:rsidR="00EB3DFE" w:rsidRPr="0038239B">
         <w:t>cipam tiek atbalstīt</w:t>
       </w:r>
       <w:r w:rsidR="00254485">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00EB3DFE" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00254485">
         <w:t>mēģinājums</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="0038239B">
         <w:t xml:space="preserve"> izvairīties no parāds</w:t>
       </w:r>
       <w:r w:rsidR="00EB3DFE" w:rsidRPr="0038239B">
         <w:t>aistību izpildes pret prasītāju.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310F1426" w14:textId="315D8E93" w:rsidR="00EC5F40" w:rsidRDefault="003D1AA8" w:rsidP="00EB3DFE">
+    <w:p w14:paraId="310F1426" w14:textId="315D8E93" w:rsidR="00EC5F40" w:rsidRPr="00CC2A0E" w:rsidRDefault="003D1AA8" w:rsidP="00EB3DFE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00CC2A0E">
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00A27B12" w:rsidRPr="00376BC2">
-[...367 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t>ikumā atļauta rīcība nevar tik atzīta par pretēju</w:t>
+      </w:r>
+      <w:r w:rsidR="00376BC2" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t>labas ticības principam.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3DFE" w:rsidRPr="00CC2A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2A0E">
+        <w:t>Satversmes 1.panta izpratnē</w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve"> „taisnīgs tiesas spriedums” nav </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3DFE" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve">tikai tāds, kas apmierina </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve">prasību, bet </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3DFE" w:rsidRPr="00CC2A0E">
+        <w:t>arī tāds, kurā ievēroti visi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve"> tiesību</w:t>
+      </w:r>
+      <w:r w:rsidR="00376BC2" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t>principi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A84C60E" w14:textId="5BBB0938" w:rsidR="00AE1E56" w:rsidRDefault="00200B2C" w:rsidP="00AE1E56">
+    <w:p w14:paraId="2A84C60E" w14:textId="5BBB0938" w:rsidR="00AE1E56" w:rsidRPr="00CC2A0E" w:rsidRDefault="00200B2C" w:rsidP="00AE1E56">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00CC2A0E">
         <w:t>[3.</w:t>
       </w:r>
-      <w:r w:rsidR="009B42A7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009B42A7" w:rsidRPr="00CC2A0E">
         <w:t>9</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00CC2A0E">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AE1E56" w:rsidRPr="00CC2A0E">
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00A27B12" w:rsidRPr="00376BC2">
-[...189 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t>zvērtējot prasījumu par zaudējumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00376BC2" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve">piedziņu no atbildētājām, sākotnēji nodibināms </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1AA8" w:rsidRPr="00CC2A0E">
+        <w:t>pats zaudējumu rašanās fakts, kā to nosaka</w:t>
+      </w:r>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
+        <w:t xml:space="preserve"> Civillikuma 1779.pant</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1AA8" w:rsidRPr="00CC2A0E">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00A27B12" w:rsidRPr="00376BC2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A27B12" w:rsidRPr="00CC2A0E">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE1E56">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AE1E56" w:rsidRPr="00CC2A0E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42AECF2B" w14:textId="77777777" w:rsidR="00326D0F" w:rsidRDefault="003E308C" w:rsidP="00326D0F">
+    <w:p w14:paraId="42AECF2B" w14:textId="77777777" w:rsidR="00326D0F" w:rsidRPr="00E53F36" w:rsidRDefault="003E308C" w:rsidP="00326D0F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...137 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00E53F36">
+        <w:t>Civillietu tiesas kolēģija nekonstatē, ka kāda no atbildētājām būtu nodarījusi zaudējumus prasītājai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="474E746B" w14:textId="52FD2256" w:rsidR="00326D0F" w:rsidRPr="00A3499A" w:rsidRDefault="00A27B12" w:rsidP="00326D0F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...129 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E53F36">
+        <w:t xml:space="preserve">Prasītājas viedoklis, ka atbildētāju prettiesiskā rīcība </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1AA8" w:rsidRPr="00E53F36">
+        <w:t>izpaužas kā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53F36">
+        <w:t xml:space="preserve"> atlīdzības neizmaksāšan</w:t>
+      </w:r>
+      <w:r w:rsidR="00326D0F" w:rsidRPr="00E53F36">
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidR="003D1AA8" w:rsidRPr="00A3499A">
         <w:t>, ir subjektīvs. L</w:t>
       </w:r>
       <w:r w:rsidR="00326D0F" w:rsidRPr="00A3499A">
         <w:t xml:space="preserve">ietā nav pierādījumu, ka </w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>[pers. A]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3499A">
         <w:t xml:space="preserve"> jebkad būtu vēlējies</w:t>
       </w:r>
       <w:r w:rsidR="0088053A" w:rsidRPr="00A3499A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7314,61 +5945,59 @@
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="00452B25">
         <w:t xml:space="preserve"> sa</w:t>
       </w:r>
       <w:r w:rsidR="00326D0F" w:rsidRPr="00452B25">
         <w:t>kars</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="00452B25">
         <w:t xml:space="preserve"> starp prasītājas aprēķināto zaudējumu apmēru un atbildētā</w:t>
       </w:r>
       <w:r w:rsidR="00326D0F" w:rsidRPr="00452B25">
         <w:t xml:space="preserve">ju </w:t>
       </w:r>
       <w:r w:rsidR="003D1AA8" w:rsidRPr="00452B25">
         <w:t xml:space="preserve">prettiesisku </w:t>
       </w:r>
       <w:r w:rsidR="00326D0F" w:rsidRPr="00452B25">
         <w:t xml:space="preserve">rīcību. </w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="00452B25">
         <w:t>Civillikuma</w:t>
       </w:r>
       <w:r w:rsidR="0088053A" w:rsidRPr="00452B25">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A27B12" w:rsidRPr="00452B25">
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00326D0F" w:rsidRPr="00452B25">
         <w:t>pant</w:t>
       </w:r>
       <w:r w:rsidR="002342DB" w:rsidRPr="00452B25">
         <w:t>s</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00326D0F" w:rsidRPr="00452B25">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="00452B25">
         <w:t xml:space="preserve">nevar būt patstāvīgs </w:t>
       </w:r>
       <w:r w:rsidR="003D1AA8" w:rsidRPr="00452B25">
         <w:t>pamats</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="00452B25">
         <w:t xml:space="preserve"> civiltiesiskajai atbildībai</w:t>
       </w:r>
       <w:r w:rsidR="002342DB" w:rsidRPr="00452B25">
         <w:t xml:space="preserve"> par personai nodarītiem zaudējumiem</w:t>
       </w:r>
       <w:r w:rsidR="00A27B12" w:rsidRPr="00452B25">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3501882D" w14:textId="77777777" w:rsidR="00EB3DFE" w:rsidRPr="00EC5F40" w:rsidRDefault="00EB3DFE" w:rsidP="00EC5F40">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -7488,69 +6117,51 @@
         </w:rPr>
         <w:t>šauri iztulkojusi</w:t>
       </w:r>
       <w:r w:rsidR="0024267F" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Civillikuma 1912.</w:t>
       </w:r>
       <w:r w:rsidR="00843F2B" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0024267F" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">un </w:t>
-[...17 lines deleted...]
-        <w:t>, secinot, ka valdes locekļa pienākumu pildīšan</w:t>
+        <w:t>un 1914.pantu, secinot, ka valdes locekļa pienākumu pildīšan</w:t>
       </w:r>
       <w:r w:rsidR="00DE3A0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="0024267F" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bez atlīdzības nevar </w:t>
       </w:r>
       <w:r w:rsidR="00EE1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uzskat</w:t>
       </w:r>
@@ -7599,69 +6210,51 @@
         </w:rPr>
         <w:t>ļa amata</w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pildīšana </w:t>
       </w:r>
       <w:r w:rsidR="005B5544" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bez atlīdzības </w:t>
       </w:r>
       <w:r w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir valdes locekļa sniegts pakalpojums kapitālsabiedrībai, kas atbilst Civillikuma </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> tiesiskajam sastāvam, t.i., svešu lietu bezmaksas pārziņai</w:t>
+        <w:t>ir valdes locekļa sniegts pakalpojums kapitālsabiedrībai, kas atbilst Civillikuma 1914.panta tiesiskajam sastāvam, t.i., svešu lietu bezmaksas pārziņai</w:t>
       </w:r>
       <w:r w:rsidR="00751B8E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00EE1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="005C46A4" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pstākļos, kad kapitālsabiedrība ne</w:t>
       </w:r>
@@ -7747,69 +6340,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[4.</w:t>
       </w:r>
       <w:r w:rsidR="00EE1AF9" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">] Komerclikuma </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> astotā daļa </w:t>
+        <w:t xml:space="preserve">] Komerclikuma 221.panta astotā daļa </w:t>
       </w:r>
       <w:r w:rsidR="00DE3A0E" w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>paredz</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> valdes locekļa tiesības uz atlīdzību. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="630D1C96" w14:textId="361A43AA" w:rsidR="00AC6AA5" w:rsidRDefault="001E3952" w:rsidP="00AC6AA5">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -8564,51 +7139,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>notikusi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>vienošanās</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> par </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dāvinājumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -9368,50 +7942,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lietas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A70BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A70BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>apstākļiem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A70BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AC6AA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>secinot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AC6AA5">
         <w:rPr>
@@ -9943,69 +8518,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>[4.</w:t>
       </w:r>
       <w:r w:rsidR="00EE1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009A65C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Tiesa</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Tiesa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009A65C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nepareizi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009A65C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009A65C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10654,483 +9218,306 @@
         </w:rPr>
         <w:t>[4.</w:t>
       </w:r>
       <w:r w:rsidR="00EE1AF9" w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00373EE0" w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Civillikuma 1927.pants, kas tulkojams kopsakarā ar Civillikuma 1912. un 1914.pantu, attiecināms uz visiem dāvinājuma veidiem. </w:t>
+      </w:r>
+      <w:r w:rsidR="0068091A" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
       <w:r w:rsidR="00373EE0" w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1927.pants</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>ūtisks ir Civillikuma 1927.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E37E0" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
       <w:r w:rsidR="00373EE0" w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kas tulkojams kopsakarā ar Civillikuma 1912. un 1914.pantu, attiecināms uz visiem dāvinājuma veidiem. </w:t>
-[...24 lines deleted...]
-        <w:t>1927.</w:t>
+        <w:t>anta mērķis</w:t>
+      </w:r>
+      <w:r w:rsidR="006721BD" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – aizsargāt kreditoru intereses situācijā, kad parādnieks, nespēdams norēķināties par s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A0E" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aviem parādiem, veic dāvinājumu un</w:t>
+      </w:r>
+      <w:r w:rsidR="006721BD" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tādējādi pasliktin</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3A0E" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="006721BD" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kreditoru stāvokli.</w:t>
       </w:r>
       <w:r w:rsidR="006E37E0" w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...63 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F81EDE" w14:textId="73A71E9C" w:rsidR="00373EE0" w:rsidRPr="00686C45" w:rsidRDefault="006E37E0" w:rsidP="009A65C2">
+    <w:p w14:paraId="60F81EDE" w14:textId="73A71E9C" w:rsidR="00373EE0" w:rsidRPr="00B85F73" w:rsidRDefault="006E37E0" w:rsidP="009A65C2">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Juridiskajā literatūrā norādīts, ka: </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">kreditoru stāvoklis nedrīkst pasliktināties ar dāvinājuma līguma noslēgšanu no parādnieka puses trešajai personai par labu. Civillikuma </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>kreditoru stāvoklis nedrīkst pasliktināties ar dāvinājuma līguma noslēgšanu no parādnieka puses trešajai personai par labu. Civillikuma 1927.pants nepieļauj apdāvinātā iedzīvošanos uz dāvinātāja kreditoru rēķina”</w:t>
+      </w:r>
+      <w:r w:rsidR="00593753" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1927.pants</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> nepieļauj apdāvinātā iedzīvošanos uz dāvinātāja kreditoru rēķina”</w:t>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sk. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A.Segliņš</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD4E11" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dāvinājums (pēc jaunā Civillikuma). Rīga, Spiestuve </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3952" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4E11" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vārds”, 1937, 13.lp.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4E11" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00593753" w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A3499A">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A3499A">
+      <w:r w:rsidR="00686C45" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arī Augstākās tiesas Senāts, atsaucoties uz pirmskara tiesu praksi, atzinis, ka: </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3952" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„l</w:t>
+      </w:r>
+      <w:r w:rsidR="00686C45" w:rsidRPr="00A3499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ikums uzliek apdāvinātajam par pienākumu atbildēt par dāvinātāja parādiem tajās robežās, par cik viņš iedzīvojies”(</w:t>
+      </w:r>
+      <w:r w:rsidR="00686C45" w:rsidRPr="00A3499A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sk. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A3499A">
+      <w:r w:rsidR="00686C45" w:rsidRPr="00B85F73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A.Segliņš</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD4E11" w:rsidRPr="00A3499A">
+        <w:t>Augstākās tiesas 2014.gada 19.februāra spriedumu lietā Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0443" w:rsidRPr="00B85F73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Dāvinājums (pēc jaunā Civillikuma). Rīga, Spiestuve </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E3952" w:rsidRPr="00A3499A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00686C45" w:rsidRPr="00B85F73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...205 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SKC-590/2014).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C514AC" w14:textId="1062063B" w:rsidR="001B7266" w:rsidRDefault="00686C45" w:rsidP="00EF68EC">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Konkrētajā gadījumā no apdāvinātā netiek prasīts nekas vairāk, kā </w:t>
       </w:r>
@@ -11150,158 +9537,100 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE118E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atlīdzināt dāvinātāja kreditoriem saņemtā pakalpojuma vērtību. Kreditora intereses prevalē pār apdāvinātā interesēm</w:t>
       </w:r>
       <w:r w:rsidR="00EE1AF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00BE118E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> jo īpaši</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> apdāvinātais nav labticīgs, kā tas ir izskatāmajā liet</w:t>
+        <w:t xml:space="preserve"> jo īpaši gadījumā, kad apdāvinātais nav labticīgs, kā tas ir izskatāmajā liet</w:t>
       </w:r>
       <w:r w:rsidR="00EF68EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ā, kur no iesniegtajiem pierādījumiem ir acīmredzams, ka </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[pers.</w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A]</w:t>
       </w:r>
       <w:r w:rsidR="00EF68EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar atbildētājām </w:t>
       </w:r>
       <w:r w:rsidR="00EF68EC" w:rsidRPr="00EF68EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">SIA „AM </w:t>
-[...39 lines deleted...]
-        <w:t>”, SIA „</w:t>
+        <w:t>SIA „AM Investments”, SIA „PFS Services”, SIA „</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EF68EC" w:rsidRPr="00EF68EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Melf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EF68EC" w:rsidRPr="00EF68EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EF68EC" w:rsidRPr="00EF68EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11842,80 +10171,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u, nesaņemot adekvātu atlīdzību no atbildētājām, par tiesisku, lai gan t</w:t>
       </w:r>
       <w:r w:rsidR="009526D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ir pretrunā Civillikuma </w:t>
-[...9 lines deleted...]
-        <w:t>1.</w:t>
+        <w:t xml:space="preserve"> ir pretrunā Civillikuma 1.</w:t>
       </w:r>
       <w:r w:rsidR="000B0A5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>pantā</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> nostiprināt</w:t>
+        <w:t>pantā nostiprināt</w:t>
       </w:r>
       <w:r w:rsidR="009526D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ajam</w:t>
       </w:r>
       <w:r w:rsidR="000B0A5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> labas ticības princip</w:t>
       </w:r>
       <w:r w:rsidR="009526D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -11930,51 +10239,50 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="184B5C85" w14:textId="2E3C649E" w:rsidR="00457C10" w:rsidRDefault="000B0A5A" w:rsidP="00457C10">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tā kā atbildētājas ir ar </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[pers.</w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A]</w:t>
@@ -12035,69 +10343,58 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> neizpildītajām parādsaistībām pret prasītāju</w:t>
       </w:r>
       <w:r w:rsidR="009526D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. T</w:t>
       </w:r>
       <w:r w:rsidR="00457C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesai šie apstākļi bija jāvērtē saskaņā ar Civilprocesa likuma </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BE3CA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>193.panta</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> piektajā daļā un </w:t>
+        <w:t xml:space="preserve">193.panta piektajā daļā un </w:t>
       </w:r>
       <w:r w:rsidR="00457C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>97.panta pirmajā daļā noteikto, t.sk., vadoties no tiesiskās apziņas, kas balstīta uz loģikas likumiem, zinātnes atziņām un dzīvē gūtiem novērojumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E2929D1" w14:textId="77777777" w:rsidR="001B7266" w:rsidRDefault="001B7266" w:rsidP="008D307B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C36060D" w14:textId="77777777" w:rsidR="00FA579C" w:rsidRDefault="00B117B9" w:rsidP="008D307B">
@@ -12206,59 +10503,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FDE8CF3" w14:textId="317960DD" w:rsidR="0064040F" w:rsidRDefault="00D7187B" w:rsidP="00F56A97">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00245348">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="001E298B">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00245348">
         <w:t>] Pārbaudīj</w:t>
       </w:r>
       <w:r w:rsidR="00C44280" w:rsidRPr="00245348">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="005A0287" w:rsidRPr="00245348">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00245348">
-        <w:t xml:space="preserve"> lietā esošā sprieduma likumību attiecībā uz argumentiem, kas minēti kasācijas sūdzībā, kā tas noteikts Civilprocesa likuma </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> pirmajā daļā, </w:t>
+        <w:t xml:space="preserve"> lietā esošā sprieduma likumību attiecībā uz argumentiem, kas minēti kasācijas sūdzībā, kā tas noteikts Civilprocesa likuma 473.panta pirmajā daļā, </w:t>
       </w:r>
       <w:r w:rsidR="00977937" w:rsidRPr="00245348">
         <w:t>Senāts</w:t>
       </w:r>
       <w:r w:rsidRPr="00245348">
         <w:t xml:space="preserve"> atzīst, ka</w:t>
       </w:r>
       <w:r w:rsidR="00EE47EC" w:rsidRPr="00245348">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F56A97">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Rīgas apgabaltiesas Civillietu tiesas kolēģijas 2019.gada 7.janvāra spriedums</w:t>
       </w:r>
       <w:r w:rsidR="00F56A97">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00201D47" w:rsidRPr="00A91976">
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r w:rsidR="00201D47" w:rsidRPr="00DE3A0E">
         <w:t>atceļams</w:t>
       </w:r>
@@ -12309,106 +10598,78 @@
         </w:rPr>
         <w:t>vērtība</w:t>
       </w:r>
       <w:r w:rsidR="00476A8A">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:t>[pers.</w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:t>A]</w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0086662E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">saskaņā ar Komerclikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> astoto daļu kā valdes loceklim ir tiesības</w:t>
+        <w:t>saskaņā ar Komerclikuma 221.panta astoto daļu kā valdes loceklim ir tiesības</w:t>
       </w:r>
       <w:r w:rsidR="00476A8A">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>, nevis pienākums,</w:t>
       </w:r>
       <w:r w:rsidR="0086662E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> saņemt atlīdzību no</w:t>
       </w:r>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> SIA </w:t>
       </w:r>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">PFS </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">”, SIA </w:t>
+        <w:t xml:space="preserve">PFS Services”, SIA </w:t>
       </w:r>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>Melf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>Real</w:t>
       </w:r>
@@ -12418,65 +10679,51 @@
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>Estate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">”, SIA </w:t>
       </w:r>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">AM </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">” un SIA </w:t>
+        <w:t xml:space="preserve">AM Investments” un SIA </w:t>
       </w:r>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="0086662E" w:rsidRPr="0038239B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>LBS-Konsultants”</w:t>
       </w:r>
       <w:r w:rsidR="00476A8A">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CA717C" w14:textId="55B31591" w:rsidR="004648FD" w:rsidRDefault="000A4DA4" w:rsidP="004648FD">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
@@ -12495,107 +10742,77 @@
       </w:r>
       <w:r w:rsidR="00894EBD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>āvinājums</w:t>
       </w:r>
       <w:r w:rsidR="0086662E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00894EBD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">saskaņā ar </w:t>
       </w:r>
       <w:r w:rsidR="0086662E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Civillikuma </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00894EBD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>1912.pantu</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> nav tikai lieta, tas var būt arī atteikšanās no kādas tiesības apdāvinātam par labu, kā to paredz Civillikuma 1014.pants.</w:t>
+        <w:t>1912.pantu nav tikai lieta, tas var būt arī atteikšanās no kādas tiesības apdāvinātam par labu, kā to paredz Civillikuma 1014.pants.</w:t>
       </w:r>
       <w:r w:rsidR="004A532B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Respektīvi, arī bez atlīdzības veikts kādas personas darbs Civillikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> izpratnē var būt dāvana, uz kuru iespējams vērst piedziņu Civillikuma 1927.panta kārtībā. </w:t>
+        <w:t xml:space="preserve"> Respektīvi, arī bez atlīdzības veikts kādas personas darbs Civillikuma 1912.panta izpratnē var būt dāvana, uz kuru iespējams vērst piedziņu Civillikuma 1927.panta kārtībā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E70529A" w14:textId="4669EEBF" w:rsidR="000C3D38" w:rsidRDefault="000C3D38" w:rsidP="004648FD">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Jau s</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3D38">
-        <w:t>tarpkaru periodā (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 25. novembra spriedumā „Edas Blūmbergs prasībā pret Jāni Blūmbergu un Līzi Blūmbergs (L.Nr.</w:t>
+        <w:t>tarpkaru periodā (1931.gada 25. novembra spriedumā „Edas Blūmbergs prasībā pret Jāni Blūmbergu un Līzi Blūmbergs (L.Nr.</w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3D38">
         <w:t>2033) Senāts, piemērojot Baltijas Vietējo Civillikumu kopojuma 4494.pantu, kas pārņemts Latvijas Republikas 1937.</w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3D38">
         <w:t>ada Civillikuma 1927.pantā</w:t>
       </w:r>
       <w:r>
         <w:t>, atzinis</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3D38">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="004E0336">
         <w:t>„</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3D38">
         <w:t>Civīllikuma</w:t>
@@ -12621,65 +10838,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Civīlā</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> kasācijas departamenta 1931.g. spriedumi, 1937, 148.-149.lp.</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3D38">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Augstākās tiesas 2014.gada 19.februāra sprieduma lietā </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">/2014 </w:t>
+        <w:t xml:space="preserve">Augstākās tiesas 2014.gada 19.februāra sprieduma lietā Nr.SKC-590/2014 </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk54875888"/>
       <w:r w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(C32290110)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 9.1. punktu).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461DAC66" w14:textId="77777777" w:rsidR="000A4DA4" w:rsidRDefault="000A4DA4" w:rsidP="000A4DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
@@ -12798,70 +11001,62 @@
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>dāvanas devējs</w:t>
       </w:r>
       <w:r w:rsidR="00BA3E97">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:t>[pers.</w:t>
       </w:r>
       <w:r w:rsidR="001E3952">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001E3952" w:rsidRPr="001E3952">
         <w:t>A]</w:t>
       </w:r>
       <w:r w:rsidR="008862AF">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>, būdams Komerclikuma 139.</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008862AF" w:rsidRPr="008862AF">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="008862AF">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t>panta</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">panta </w:t>
       </w:r>
       <w:r w:rsidR="00594C2E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">(redakcijā, kas bija spēkā līdz 2017.gada 12.jūlijam) </w:t>
       </w:r>
       <w:r w:rsidR="008862AF">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">izpratnē ar atbildētājiem saistītā persona, </w:t>
       </w:r>
       <w:r w:rsidR="003D16BC">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">rīkojies </w:t>
       </w:r>
       <w:r w:rsidR="004D267B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>ļaun</w:t>
       </w:r>
@@ -12941,51 +11136,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>2) laulātā radinieku taisnā augšupējā vai taisnā lejupējā līnijā;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FCA6FAD" w14:textId="77777777" w:rsidR="004D267B" w:rsidRDefault="004D267B" w:rsidP="000A4DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3) laulātā adoptētāju vai adoptēto;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="642B0B00" w14:textId="77777777" w:rsidR="004D267B" w:rsidRDefault="004D267B" w:rsidP="000A4DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>4) laulātā brāli vai māsu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6251DFF5" w14:textId="77777777" w:rsidR="004D267B" w:rsidRDefault="004D267B" w:rsidP="000A4DA4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -13007,93 +11201,84 @@
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="004D267B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">ija jāpieņem, ka šīs personas zinājušas par parādnieka nolūku ar darījuma noslēgšanu </w:t>
       </w:r>
       <w:r w:rsidR="00F65BDC">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">nodarīt </w:t>
       </w:r>
       <w:r w:rsidR="004D267B">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">zaudējumu saviem kreditoriem, ciktāl viņi nepierāda pretējo. Turklāt Latvijas starpkaru Senāts atzina, ka iepriekš </w:t>
+        <w:t xml:space="preserve">zaudējumu saviem kreditoriem, ciktāl viņi nepierāda pretējo. Turklāt Latvijas starpkaru Senāts </w:t>
+      </w:r>
+      <w:r w:rsidR="004D267B">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">atzina, ka iepriekš </w:t>
       </w:r>
       <w:r w:rsidR="0052293D">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">minēto atsavinātāja līdzdalībnieku ļaunprātīga rīcība ir prezumējama uz vispārēja principa pamata. Proti, šāda prezumpcija attiecas ne tikai uz Civilprocesa likuma VI pielikumā tieši norādītajiem gadījumiem </w:t>
       </w:r>
       <w:r w:rsidR="0052293D" w:rsidRPr="00370E93">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:i/>
         </w:rPr>
         <w:t>(sal</w:t>
       </w:r>
       <w:r w:rsidR="0052293D">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0052293D" w:rsidRPr="0052293D">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Latvijas Senāta </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 26.februāra spriedums lietā Nr. 22</w:t>
+        <w:t>Latvijas Senāta 1925.gada 26.februāra spriedums lietā Nr. 22</w:t>
       </w:r>
       <w:r w:rsidR="0052293D">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB8D44B" w14:textId="4AFCBF3F" w:rsidR="0052293D" w:rsidRDefault="005D0BD5" w:rsidP="004E0336">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">[8.2] </w:t>
       </w:r>
       <w:r w:rsidR="0052293D">
         <w:rPr>
@@ -13379,67 +11564,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E6633FD" w14:textId="127C221D" w:rsidR="00C96DEE" w:rsidRPr="00B36DC8" w:rsidRDefault="00452FC6" w:rsidP="00C96DEE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">[9] </w:t>
       </w:r>
       <w:r w:rsidR="00C96DEE" w:rsidRPr="00C96DEE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Augstākās tiesas Senāts </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 14.maija spriedumā lietā Nr. SKC-212/2008</w:t>
+        <w:t>Augstākās tiesas Senāts 2008.gada 14.maija spriedumā lietā Nr. SKC-212/2008</w:t>
       </w:r>
       <w:r w:rsidR="00684157">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00684157" w:rsidRPr="00684157">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00684157" w:rsidRPr="00684157">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>C30269404)</w:t>
       </w:r>
       <w:r w:rsidR="00C96DEE" w:rsidRPr="00C96DEE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -13661,67 +11830,51 @@
       </w:r>
       <w:r w:rsidR="00B36DC8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E55B9B" w14:textId="26F4E319" w:rsidR="00C96DEE" w:rsidRDefault="00C96DEE" w:rsidP="00C96DEE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C96DEE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">No Satversmes </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> ietvertā taisnīguma principa izriet, ka tiesas spriešanas uzdevums ir atrast patiesu un taisnīgu lietas risinājumu, citiem vārdiem sakot, tiesas darba rezultātam bez šaubām ir jābūt „taisnīgam spriedumam” (</w:t>
+        <w:t>No Satversmes 1.pantā ietvertā taisnīguma principa izriet, ka tiesas spriešanas uzdevums ir atrast patiesu un taisnīgu lietas risinājumu, citiem vārdiem sakot, tiesas darba rezultātam bez šaubām ir jābūt „taisnīgam spriedumam” (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C96DEE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sk. </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk54876303"/>
       <w:r w:rsidR="00715087">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Satversmes tiesas 2003.gada 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C96DEE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>februāra spriedum</w:t>
@@ -13763,277 +11916,252 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F83C53" w14:textId="1BB8F027" w:rsidR="00B46A7C" w:rsidRPr="000C3D38" w:rsidRDefault="006C7CC9" w:rsidP="00B46A7C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[9.1] </w:t>
       </w:r>
       <w:r w:rsidR="00BA3E97">
         <w:t>Līdz ar to</w:t>
       </w:r>
       <w:r w:rsidR="00B46A7C" w:rsidRPr="0058561A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D31E1">
         <w:t xml:space="preserve">kasācijas sūdzībā pamatoti norādīts, ka tiesai bija jāņem vērā Civillikuma </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B46A7C" w:rsidRPr="0058561A">
         <w:t>1.pant</w:t>
       </w:r>
       <w:r w:rsidR="009D31E1">
-        <w:t>a</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> regulējums</w:t>
+        <w:t>a regulējums</w:t>
       </w:r>
       <w:r w:rsidR="00B46A7C" w:rsidRPr="0058561A">
         <w:t xml:space="preserve">, kas nosaka labu ticību kā vispārīgu pienākumu visiem privāttiesiskās apgrozības dalībniekiem. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2F0F05" w14:textId="2FEAB903" w:rsidR="00436A91" w:rsidRPr="000C3D38" w:rsidRDefault="00A446A1" w:rsidP="00AD3567">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004E0336">
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> pieprasa, lai civiltiesisko attiecību dalībnieki rēķinātos viens ar otru un ņemtu vērā pretējās puses intereses. Tas palīdz novērst gadījumus, k</w:t>
+        <w:t>Civillikuma 1.pants pieprasa, lai civiltiesisko attiecību dalībnieki rēķinātos viens ar otru un ņemtu vērā pretējās puses intereses. Tas palīdz novērst gadījumus, k</w:t>
       </w:r>
       <w:r w:rsidR="00C4714A" w:rsidRPr="004E0336">
         <w:t>ad</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0336">
-        <w:t xml:space="preserve"> civiltiesību subjekti savas tiesības izmanto</w:t>
-[...11 lines deleted...]
-        <w:t>sasniegšanai, rīkodamies pēc likuma vai</w:t>
+        <w:t xml:space="preserve"> civiltiesību subjekti savas tiesības izmanto vai pienākumus pilda neattaisnojamā veidā vai neattaisnojamu mērķu sasniegšanai, rīkodamies pēc likuma vai</w:t>
       </w:r>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="004E0336">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="004E0336">
         <w:t>vai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="004E0336">
         <w:t xml:space="preserve"> tiesiska darījuma burta, taču pretēji to īstajiem mērķiem. Tāpēc saskaņā ar labas ticības principu personai var tikt liegta subjektīvo tiesību izlietošana vai subjektīvo pienākumu izpilde, ja izrādās, ka otras puses pretējās intereses saskaņā ar likuma mērķi un konkrētās lietas apstākļiem ir atzīstamas par svarīgākām. Šādā gadījumā tiesisko aizsardzību bauda otra puse, kuras intereses tiek atzītas</w:t>
       </w:r>
       <w:r w:rsidR="00436A91" w:rsidRPr="004E0336">
         <w:t xml:space="preserve"> par pamatotām un aizsargājamām</w:t>
       </w:r>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="004E0336">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="004E0336">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(sk.</w:t>
+      </w:r>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="004E0336">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>K.Balodis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Labas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>ticības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>princips</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>mūsdienu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Latvijas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>civiltiesībās</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Jurista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Vārds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A23DB2" w:rsidRPr="00E53F36">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 03.12.2002. </w:t>
+      </w:r>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>K.Balodis</w:t>
-[...135 lines deleted...]
-        <w:t>, 03.12.2002. Nr.</w:t>
+        <w:t>Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00415EF8">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="00415EF8">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(257); </w:t>
       </w:r>
@@ -14170,105 +12298,86 @@
       </w:r>
       <w:r w:rsidR="00AD3567" w:rsidRPr="000C3D38">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64602EF8" w14:textId="4BC85885" w:rsidR="008B459C" w:rsidRPr="004E0336" w:rsidRDefault="00436A91" w:rsidP="004E594F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C3D38">
         <w:t xml:space="preserve">Arī starpkaru perioda juridiskajā doktrīnā norādīts, ka </w:t>
       </w:r>
       <w:r w:rsidR="004E0336">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00B751A1" w:rsidRPr="000C3D38">
-        <w:t xml:space="preserve">Civillikuma </w:t>
-[...3 lines deleted...]
-        <w:t>1.</w:t>
+        <w:t>Civillikuma 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3D38">
-        <w:t>pants</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">pants </w:t>
       </w:r>
       <w:r w:rsidR="00B751A1" w:rsidRPr="000C3D38">
         <w:t xml:space="preserve">pēc sava satura un nozīmes iet pāri par tiem uzdevumiem, kādi ir tiem likuma pantiem, kuri runā tieši par likumu piemērošanu. </w:t>
       </w:r>
       <w:r w:rsidR="00B751A1" w:rsidRPr="004E0336">
         <w:t>1.pants uzsver sociālo element</w:t>
       </w:r>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="004E0336">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00B751A1" w:rsidRPr="004E0336">
         <w:t xml:space="preserve"> tiesībās, izejot no tā, ka tiesību uzdevums ir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B751A1" w:rsidRPr="004E0336">
         <w:t>nevien</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B751A1" w:rsidRPr="004E0336">
         <w:t xml:space="preserve"> nodalīt </w:t>
       </w:r>
       <w:r w:rsidR="00270D95">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="00B751A1" w:rsidRPr="004E0336">
-        <w:t xml:space="preserve">katram savu”, bet arī nodibināt līdzsvaru starp tiesībām un pienākumiem vispārības </w:t>
-[...3 lines deleted...]
-        <w:t>interesēs”(</w:t>
+        <w:t>katram savu”, bet arī nodibināt līdzsvaru starp tiesībām un pienākumiem vispārības interesēs”(</w:t>
       </w:r>
       <w:r w:rsidR="00A446A1" w:rsidRPr="004E0336">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>sk</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">sk. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A446A1" w:rsidRPr="004E0336">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>O.</w:t>
       </w:r>
       <w:r w:rsidR="00B751A1" w:rsidRPr="004E0336">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ozoliņš</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A446A1" w:rsidRPr="004E0336">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A23DB2" w:rsidRPr="004E0336">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -14309,65 +12418,51 @@
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 1939, 4.lp.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F6DF8C" w14:textId="673DD5B0" w:rsidR="00FF55D4" w:rsidRDefault="006C7CC9" w:rsidP="004E594F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">[9.2] </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk54863295"/>
       <w:r w:rsidR="00B46A7C">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Situācija, kad kreditora Civillikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> noteiktās tiesības prasīt apmierinājumu no dāvanas tiek pakārtotas parādnieka likumā paredzētajām tiesībām negūt ienākumus nolūkā i</w:t>
+        <w:t>Situācija, kad kreditora Civillikuma 1927.pantā noteiktās tiesības prasīt apmierinājumu no dāvanas tiek pakārtotas parādnieka likumā paredzētajām tiesībām negūt ienākumus nolūkā i</w:t>
       </w:r>
       <w:r w:rsidR="002B624D">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>zvairīties no parāda piedziņas, ir</w:t>
       </w:r>
       <w:r w:rsidR="001E5A17">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B46A7C">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>acīmredza</w:t>
       </w:r>
       <w:r w:rsidR="002B624D">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>mi negodprātīga</w:t>
       </w:r>
@@ -14395,65 +12490,51 @@
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11EAD694" w14:textId="3785BE00" w:rsidR="00FF55D4" w:rsidRDefault="006C7CC9" w:rsidP="004E594F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">Citiem vārdiem, </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk54863234"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Komerclikuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> astotā daļa</w:t>
+        <w:t>Komerclikuma 221.panta astotā daļa</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">, kas paredz </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk54863174"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve">tiesības valdes loceklim nesaņemt atlīdzību par amata pienākumu pildīšanu parastos apstākļos, nevar kalpot par likumisku </w:t>
       </w:r>
       <w:r w:rsidR="00270D95">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
@@ -14554,65 +12635,51 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00452FC6">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>to nevar atzīt par pamatotu</w:t>
       </w:r>
       <w:r w:rsidR="00BE3CA3">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00452FC6">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un tas ir atceļams neatkarīgi no pārējiem kasācijas sūdzības argumentiem kā neatbilstošs Civilprocesa likuma </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> pirmās un trešās daļas, kā arī 193.panta piektās daļas prasībām.</w:t>
+        <w:t xml:space="preserve"> un tas ir atceļams neatkarīgi no pārējiem kasācijas sūdzības argumentiem kā neatbilstošs Civilprocesa likuma 97.panta pirmās un trešās daļas, kā arī 193.panta piektās daļas prasībām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23579735" w14:textId="77777777" w:rsidR="00285EE8" w:rsidRDefault="00285EE8" w:rsidP="00285EE8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72508E0A" w14:textId="77777777" w:rsidR="00FA579C" w:rsidRPr="00776A97" w:rsidRDefault="006C7CC9" w:rsidP="006C7CC9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -14724,65 +12791,51 @@
           <w:b/>
         </w:rPr>
         <w:t>nosprieda</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3DADF3" w14:textId="77777777" w:rsidR="00C90620" w:rsidRPr="00260AD2" w:rsidRDefault="00C90620" w:rsidP="00995339">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B472A4E" w14:textId="1431C1ED" w:rsidR="00EF3100" w:rsidRDefault="00F56A97" w:rsidP="00A9730A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rīgas apgabaltiesas Civillietu tiesas kolēģijas </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 7.janvāra spriedumu</w:t>
+        <w:t>Rīgas apgabaltiesas Civillietu tiesas kolēģijas 2019.gada 7.janvāra spriedumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00260AD2">
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF3100" w:rsidRPr="00DE3A0E">
         <w:t>atcelt un lietu nodot jaunai izskatīšanai apelācijas instances tiesā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342EC2CF" w14:textId="3B69858A" w:rsidR="00FA579C" w:rsidRPr="00DE3A0E" w:rsidRDefault="00FA579C" w:rsidP="00A9730A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Atmaksāt SIA </w:t>
       </w:r>
       <w:r w:rsidR="00270D95">
         <w:t>„</w:t>
@@ -14802,216 +12855,206 @@
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F45C30" w14:textId="5FD59C0E" w:rsidR="00C90620" w:rsidRPr="00995339" w:rsidRDefault="00C90620" w:rsidP="00995339">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00995339">
         <w:t>Spriedums nav pārsūdzams.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C90620" w:rsidRPr="00995339" w:rsidSect="00422856">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02210E83" w14:textId="77777777" w:rsidR="00F85188" w:rsidRDefault="00F85188">
+    <w:p w14:paraId="073429FD" w14:textId="77777777" w:rsidR="00051F2C" w:rsidRDefault="00051F2C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4776FFB2" w14:textId="77777777" w:rsidR="00F85188" w:rsidRDefault="00F85188">
+    <w:p w14:paraId="4330A8AD" w14:textId="77777777" w:rsidR="00051F2C" w:rsidRDefault="00051F2C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="0C75CB38" w14:textId="77777777" w:rsidR="00244702" w:rsidRDefault="00244702">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0DF86FB0" w14:textId="77777777" w:rsidR="001E7862" w:rsidRDefault="001E7862" w:rsidP="001E7862">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="007161B4">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="007161B4">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="007161B4">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C4714A">
-[...3 lines deleted...]
-      <w:t>10</w:t>
+    <w:r>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="007161B4">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="007161B4">
       <w:t xml:space="preserve"> no </w:t>
     </w:r>
     <w:r w:rsidRPr="007161B4">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="007161B4">
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="007161B4">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C4714A">
-[...3 lines deleted...]
-      <w:t>10</w:t>
+    <w:r>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidRPr="007161B4">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1E01E642" w14:textId="77777777" w:rsidR="00244702" w:rsidRDefault="00244702" w:rsidP="00980AD9">
-[...4 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2520C3F8" w14:textId="77777777" w:rsidR="00F85188" w:rsidRDefault="00F85188">
+    <w:p w14:paraId="15D584EB" w14:textId="77777777" w:rsidR="00051F2C" w:rsidRDefault="00051F2C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BD71BFF" w14:textId="77777777" w:rsidR="00F85188" w:rsidRDefault="00F85188">
+    <w:p w14:paraId="5B335EF6" w14:textId="77777777" w:rsidR="00051F2C" w:rsidRDefault="00051F2C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB2602"/>
     <w:rsid w:val="000002F4"/>
     <w:rsid w:val="000008FD"/>
     <w:rsid w:val="00000F66"/>
     <w:rsid w:val="00001EF3"/>
     <w:rsid w:val="00002AC6"/>
     <w:rsid w:val="00002DCE"/>
@@ -15039,50 +13082,51 @@
     <w:rsid w:val="00023863"/>
     <w:rsid w:val="00024382"/>
     <w:rsid w:val="0002570A"/>
     <w:rsid w:val="00025860"/>
     <w:rsid w:val="00025A01"/>
     <w:rsid w:val="00026450"/>
     <w:rsid w:val="000313B3"/>
     <w:rsid w:val="000323DD"/>
     <w:rsid w:val="00032EF8"/>
     <w:rsid w:val="000335B4"/>
     <w:rsid w:val="00033A9A"/>
     <w:rsid w:val="000349D7"/>
     <w:rsid w:val="000356E9"/>
     <w:rsid w:val="00036C30"/>
     <w:rsid w:val="00037E43"/>
     <w:rsid w:val="0004150D"/>
     <w:rsid w:val="0004241D"/>
     <w:rsid w:val="00043107"/>
     <w:rsid w:val="00043D3E"/>
     <w:rsid w:val="000444A6"/>
     <w:rsid w:val="000447E9"/>
     <w:rsid w:val="00044AAE"/>
     <w:rsid w:val="00046B13"/>
     <w:rsid w:val="000508F9"/>
     <w:rsid w:val="0005103D"/>
+    <w:rsid w:val="00051F2C"/>
     <w:rsid w:val="0005220B"/>
     <w:rsid w:val="0005257F"/>
     <w:rsid w:val="000529D1"/>
     <w:rsid w:val="000531C9"/>
     <w:rsid w:val="0005402A"/>
     <w:rsid w:val="00054DDD"/>
     <w:rsid w:val="0005624E"/>
     <w:rsid w:val="000568C2"/>
     <w:rsid w:val="00057DB8"/>
     <w:rsid w:val="000616CE"/>
     <w:rsid w:val="00061E39"/>
     <w:rsid w:val="0006326F"/>
     <w:rsid w:val="000639AF"/>
     <w:rsid w:val="00063DBC"/>
     <w:rsid w:val="00064053"/>
     <w:rsid w:val="00066BA5"/>
     <w:rsid w:val="00070FA4"/>
     <w:rsid w:val="00071463"/>
     <w:rsid w:val="00071D75"/>
     <w:rsid w:val="000721D2"/>
     <w:rsid w:val="000721EF"/>
     <w:rsid w:val="00073835"/>
     <w:rsid w:val="00073B10"/>
     <w:rsid w:val="0007531C"/>
     <w:rsid w:val="000759E4"/>
@@ -15296,50 +13340,51 @@
     <w:rsid w:val="001D071F"/>
     <w:rsid w:val="001D0AD7"/>
     <w:rsid w:val="001D18E9"/>
     <w:rsid w:val="001D2897"/>
     <w:rsid w:val="001D295B"/>
     <w:rsid w:val="001D2A49"/>
     <w:rsid w:val="001D329E"/>
     <w:rsid w:val="001D48E0"/>
     <w:rsid w:val="001D552C"/>
     <w:rsid w:val="001D5560"/>
     <w:rsid w:val="001D5E17"/>
     <w:rsid w:val="001D7824"/>
     <w:rsid w:val="001E080B"/>
     <w:rsid w:val="001E0CB1"/>
     <w:rsid w:val="001E220B"/>
     <w:rsid w:val="001E269C"/>
     <w:rsid w:val="001E298B"/>
     <w:rsid w:val="001E3952"/>
     <w:rsid w:val="001E396E"/>
     <w:rsid w:val="001E53E2"/>
     <w:rsid w:val="001E5A17"/>
     <w:rsid w:val="001E5C7B"/>
     <w:rsid w:val="001E6D89"/>
     <w:rsid w:val="001E7563"/>
     <w:rsid w:val="001E7684"/>
+    <w:rsid w:val="001E7862"/>
     <w:rsid w:val="001F06F2"/>
     <w:rsid w:val="001F0D8B"/>
     <w:rsid w:val="001F1830"/>
     <w:rsid w:val="001F215E"/>
     <w:rsid w:val="001F3527"/>
     <w:rsid w:val="001F3B7A"/>
     <w:rsid w:val="001F5EC4"/>
     <w:rsid w:val="001F613B"/>
     <w:rsid w:val="001F6350"/>
     <w:rsid w:val="001F7091"/>
     <w:rsid w:val="00200B2C"/>
     <w:rsid w:val="00200DF5"/>
     <w:rsid w:val="00201D47"/>
     <w:rsid w:val="002024DE"/>
     <w:rsid w:val="002039EC"/>
     <w:rsid w:val="00204057"/>
     <w:rsid w:val="00204454"/>
     <w:rsid w:val="00204847"/>
     <w:rsid w:val="00205315"/>
     <w:rsid w:val="00205FF2"/>
     <w:rsid w:val="002068D3"/>
     <w:rsid w:val="00206BFD"/>
     <w:rsid w:val="00207F81"/>
     <w:rsid w:val="00211B49"/>
     <w:rsid w:val="00213443"/>
@@ -15664,50 +13709,51 @@
     <w:rsid w:val="00442A01"/>
     <w:rsid w:val="0044363F"/>
     <w:rsid w:val="00443A81"/>
     <w:rsid w:val="00443ADA"/>
     <w:rsid w:val="00443E80"/>
     <w:rsid w:val="004456E5"/>
     <w:rsid w:val="004502AD"/>
     <w:rsid w:val="004503A6"/>
     <w:rsid w:val="00450D3A"/>
     <w:rsid w:val="004510EA"/>
     <w:rsid w:val="00452A91"/>
     <w:rsid w:val="00452ACD"/>
     <w:rsid w:val="00452B25"/>
     <w:rsid w:val="00452FC6"/>
     <w:rsid w:val="004536CF"/>
     <w:rsid w:val="00454A59"/>
     <w:rsid w:val="00455206"/>
     <w:rsid w:val="00455302"/>
     <w:rsid w:val="00457112"/>
     <w:rsid w:val="00457C10"/>
     <w:rsid w:val="004623EC"/>
     <w:rsid w:val="00462991"/>
     <w:rsid w:val="004648FD"/>
     <w:rsid w:val="00464CB6"/>
     <w:rsid w:val="00464D22"/>
+    <w:rsid w:val="004664BA"/>
     <w:rsid w:val="0046749F"/>
     <w:rsid w:val="00467A23"/>
     <w:rsid w:val="00472866"/>
     <w:rsid w:val="004740EF"/>
     <w:rsid w:val="0047458D"/>
     <w:rsid w:val="00474929"/>
     <w:rsid w:val="0047567E"/>
     <w:rsid w:val="00475816"/>
     <w:rsid w:val="00475A14"/>
     <w:rsid w:val="00475F6D"/>
     <w:rsid w:val="004760F6"/>
     <w:rsid w:val="00476849"/>
     <w:rsid w:val="00476A11"/>
     <w:rsid w:val="00476A8A"/>
     <w:rsid w:val="0047716D"/>
     <w:rsid w:val="00481AA8"/>
     <w:rsid w:val="00485800"/>
     <w:rsid w:val="00485C0E"/>
     <w:rsid w:val="00486D73"/>
     <w:rsid w:val="00493410"/>
     <w:rsid w:val="00494AD9"/>
     <w:rsid w:val="0049502F"/>
     <w:rsid w:val="004951B2"/>
     <w:rsid w:val="0049568B"/>
     <w:rsid w:val="0049642F"/>
@@ -15757,50 +13803,51 @@
     <w:rsid w:val="004E7699"/>
     <w:rsid w:val="004F1467"/>
     <w:rsid w:val="004F3610"/>
     <w:rsid w:val="004F3973"/>
     <w:rsid w:val="004F4BCD"/>
     <w:rsid w:val="004F503B"/>
     <w:rsid w:val="004F643D"/>
     <w:rsid w:val="005005C8"/>
     <w:rsid w:val="00501B37"/>
     <w:rsid w:val="00501DDE"/>
     <w:rsid w:val="00502117"/>
     <w:rsid w:val="00502A7F"/>
     <w:rsid w:val="005031D2"/>
     <w:rsid w:val="00504766"/>
     <w:rsid w:val="00504E79"/>
     <w:rsid w:val="005061F7"/>
     <w:rsid w:val="005065A1"/>
     <w:rsid w:val="00506D86"/>
     <w:rsid w:val="00510A54"/>
     <w:rsid w:val="005110C7"/>
     <w:rsid w:val="005113BA"/>
     <w:rsid w:val="005114E2"/>
     <w:rsid w:val="00511CB7"/>
     <w:rsid w:val="00513E41"/>
     <w:rsid w:val="005140AB"/>
+    <w:rsid w:val="00514110"/>
     <w:rsid w:val="005166D9"/>
     <w:rsid w:val="00516783"/>
     <w:rsid w:val="00516A94"/>
     <w:rsid w:val="005176B7"/>
     <w:rsid w:val="0052001B"/>
     <w:rsid w:val="00520296"/>
     <w:rsid w:val="0052293D"/>
     <w:rsid w:val="00525531"/>
     <w:rsid w:val="005258C7"/>
     <w:rsid w:val="00526309"/>
     <w:rsid w:val="005264F5"/>
     <w:rsid w:val="00526AEE"/>
     <w:rsid w:val="005276DA"/>
     <w:rsid w:val="00530B04"/>
     <w:rsid w:val="00530CE3"/>
     <w:rsid w:val="005319BF"/>
     <w:rsid w:val="00531DB9"/>
     <w:rsid w:val="00532A6F"/>
     <w:rsid w:val="0053356C"/>
     <w:rsid w:val="00533C24"/>
     <w:rsid w:val="005348B6"/>
     <w:rsid w:val="00535557"/>
     <w:rsid w:val="00537044"/>
     <w:rsid w:val="00537101"/>
     <w:rsid w:val="00537B98"/>
@@ -16692,50 +14739,51 @@
     <w:rsid w:val="00B61AE1"/>
     <w:rsid w:val="00B61C3C"/>
     <w:rsid w:val="00B62CF9"/>
     <w:rsid w:val="00B63569"/>
     <w:rsid w:val="00B63D7F"/>
     <w:rsid w:val="00B6447B"/>
     <w:rsid w:val="00B648EC"/>
     <w:rsid w:val="00B65942"/>
     <w:rsid w:val="00B6688D"/>
     <w:rsid w:val="00B70007"/>
     <w:rsid w:val="00B7170A"/>
     <w:rsid w:val="00B74C0F"/>
     <w:rsid w:val="00B74E46"/>
     <w:rsid w:val="00B751A1"/>
     <w:rsid w:val="00B7555B"/>
     <w:rsid w:val="00B75622"/>
     <w:rsid w:val="00B75863"/>
     <w:rsid w:val="00B759D8"/>
     <w:rsid w:val="00B75BF3"/>
     <w:rsid w:val="00B8087F"/>
     <w:rsid w:val="00B80A9A"/>
     <w:rsid w:val="00B81349"/>
     <w:rsid w:val="00B83680"/>
     <w:rsid w:val="00B83AA9"/>
     <w:rsid w:val="00B84AAB"/>
+    <w:rsid w:val="00B85F73"/>
     <w:rsid w:val="00B863E4"/>
     <w:rsid w:val="00B864D0"/>
     <w:rsid w:val="00B86632"/>
     <w:rsid w:val="00B877D6"/>
     <w:rsid w:val="00B87C23"/>
     <w:rsid w:val="00B911BC"/>
     <w:rsid w:val="00B91796"/>
     <w:rsid w:val="00B917F4"/>
     <w:rsid w:val="00B91ABF"/>
     <w:rsid w:val="00B91CEC"/>
     <w:rsid w:val="00B93548"/>
     <w:rsid w:val="00B93E30"/>
     <w:rsid w:val="00B94077"/>
     <w:rsid w:val="00B95FF0"/>
     <w:rsid w:val="00B97B1B"/>
     <w:rsid w:val="00B97CD3"/>
     <w:rsid w:val="00BA032F"/>
     <w:rsid w:val="00BA0C1D"/>
     <w:rsid w:val="00BA0FA1"/>
     <w:rsid w:val="00BA1287"/>
     <w:rsid w:val="00BA1ADC"/>
     <w:rsid w:val="00BA29F7"/>
     <w:rsid w:val="00BA3E97"/>
     <w:rsid w:val="00BA4C7A"/>
     <w:rsid w:val="00BA57B1"/>
@@ -16882,50 +14930,51 @@
     <w:rsid w:val="00CA2E72"/>
     <w:rsid w:val="00CA2F0D"/>
     <w:rsid w:val="00CA38BC"/>
     <w:rsid w:val="00CA3D43"/>
     <w:rsid w:val="00CA4EB9"/>
     <w:rsid w:val="00CA4F65"/>
     <w:rsid w:val="00CA55E6"/>
     <w:rsid w:val="00CA60B4"/>
     <w:rsid w:val="00CA6A4F"/>
     <w:rsid w:val="00CA71A0"/>
     <w:rsid w:val="00CB21F1"/>
     <w:rsid w:val="00CB27B3"/>
     <w:rsid w:val="00CB4129"/>
     <w:rsid w:val="00CB46DE"/>
     <w:rsid w:val="00CB5D03"/>
     <w:rsid w:val="00CB5F19"/>
     <w:rsid w:val="00CB5F4F"/>
     <w:rsid w:val="00CB61DD"/>
     <w:rsid w:val="00CB6564"/>
     <w:rsid w:val="00CB7239"/>
     <w:rsid w:val="00CC03F2"/>
     <w:rsid w:val="00CC097C"/>
     <w:rsid w:val="00CC16A2"/>
     <w:rsid w:val="00CC20EC"/>
     <w:rsid w:val="00CC238A"/>
+    <w:rsid w:val="00CC2A0E"/>
     <w:rsid w:val="00CC2EFF"/>
     <w:rsid w:val="00CC40B8"/>
     <w:rsid w:val="00CC5B0C"/>
     <w:rsid w:val="00CC7B55"/>
     <w:rsid w:val="00CC7D98"/>
     <w:rsid w:val="00CD2575"/>
     <w:rsid w:val="00CD38B6"/>
     <w:rsid w:val="00CD53B3"/>
     <w:rsid w:val="00CD6247"/>
     <w:rsid w:val="00CD63FE"/>
     <w:rsid w:val="00CD7C78"/>
     <w:rsid w:val="00CE01BC"/>
     <w:rsid w:val="00CE05D8"/>
     <w:rsid w:val="00CE0CA4"/>
     <w:rsid w:val="00CE3C82"/>
     <w:rsid w:val="00CE4A97"/>
     <w:rsid w:val="00CE584B"/>
     <w:rsid w:val="00CE6743"/>
     <w:rsid w:val="00CE7901"/>
     <w:rsid w:val="00CF0EE0"/>
     <w:rsid w:val="00CF0FDD"/>
     <w:rsid w:val="00CF3157"/>
     <w:rsid w:val="00CF353A"/>
     <w:rsid w:val="00CF56E6"/>
     <w:rsid w:val="00CF5F4D"/>
@@ -17113,50 +15162,51 @@
     <w:rsid w:val="00E256F3"/>
     <w:rsid w:val="00E25D52"/>
     <w:rsid w:val="00E26A70"/>
     <w:rsid w:val="00E26A90"/>
     <w:rsid w:val="00E311D8"/>
     <w:rsid w:val="00E31527"/>
     <w:rsid w:val="00E3324D"/>
     <w:rsid w:val="00E34AE2"/>
     <w:rsid w:val="00E3544F"/>
     <w:rsid w:val="00E35866"/>
     <w:rsid w:val="00E35E4D"/>
     <w:rsid w:val="00E41285"/>
     <w:rsid w:val="00E41A46"/>
     <w:rsid w:val="00E42A8A"/>
     <w:rsid w:val="00E43F57"/>
     <w:rsid w:val="00E44851"/>
     <w:rsid w:val="00E46864"/>
     <w:rsid w:val="00E4691C"/>
     <w:rsid w:val="00E46DD7"/>
     <w:rsid w:val="00E47DED"/>
     <w:rsid w:val="00E501C6"/>
     <w:rsid w:val="00E511C7"/>
     <w:rsid w:val="00E518C3"/>
     <w:rsid w:val="00E52EC9"/>
     <w:rsid w:val="00E53DEB"/>
+    <w:rsid w:val="00E53F36"/>
     <w:rsid w:val="00E53FA4"/>
     <w:rsid w:val="00E57DC9"/>
     <w:rsid w:val="00E57E0A"/>
     <w:rsid w:val="00E60510"/>
     <w:rsid w:val="00E61259"/>
     <w:rsid w:val="00E61A3A"/>
     <w:rsid w:val="00E61B65"/>
     <w:rsid w:val="00E635E5"/>
     <w:rsid w:val="00E636E8"/>
     <w:rsid w:val="00E63782"/>
     <w:rsid w:val="00E63A88"/>
     <w:rsid w:val="00E6494A"/>
     <w:rsid w:val="00E652EA"/>
     <w:rsid w:val="00E65A60"/>
     <w:rsid w:val="00E65FAA"/>
     <w:rsid w:val="00E66F1D"/>
     <w:rsid w:val="00E67894"/>
     <w:rsid w:val="00E67A0E"/>
     <w:rsid w:val="00E71F05"/>
     <w:rsid w:val="00E7207E"/>
     <w:rsid w:val="00E807D6"/>
     <w:rsid w:val="00E80C7F"/>
     <w:rsid w:val="00E814CF"/>
     <w:rsid w:val="00E82839"/>
     <w:rsid w:val="00E84E3B"/>
@@ -17372,69 +15422,68 @@
     <w:rsid w:val="00FE654B"/>
     <w:rsid w:val="00FE69C1"/>
     <w:rsid w:val="00FE6B60"/>
     <w:rsid w:val="00FE6E4B"/>
     <w:rsid w:val="00FF02B4"/>
     <w:rsid w:val="00FF1681"/>
     <w:rsid w:val="00FF4076"/>
     <w:rsid w:val="00FF4F73"/>
     <w:rsid w:val="00FF5214"/>
     <w:rsid w:val="00FF55D4"/>
     <w:rsid w:val="00FF71A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lv-LV"/>
+  <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="25F07C28"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FA93121E-F895-4D33-9356-5B6D72FFF036}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
@@ -18124,51 +16173,51 @@
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00BD14FB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00BD14FB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="282351178">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="441654191">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18532,81 +16581,65 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\apasixtheditionofficeonline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8C60706-E5B3-487D-8782-36CF258EDB96}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A423BDF-597A-42FD-BD9D-3A3453606DC3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>19226</Words>
-  <Characters>10959</Characters>
+  <Words>19257</Words>
+  <Characters>10977</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>91</Lines>
   <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>AT</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30125</CharactersWithSpaces>
+  <CharactersWithSpaces>30174</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title> </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Augstākā tiesa</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>